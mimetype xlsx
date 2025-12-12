--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -6,60 +6,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PDA\Consumer Outreach\SS EC Apprenticeship Program FY26\Budget Tracking\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PDA\Consumer Outreach\SS EC Apprenticeship Program FY26\Final Documents\FY26\Budget Items\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BF39B1C-619C-414E-9E0C-F8BD94BA569C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E1B198B-9AE6-41A1-AD4C-6664DDCF755A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="19090" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{376C10D4-DDEA-4C8F-A61A-5463535419FF}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{376C10D4-DDEA-4C8F-A61A-5463535419FF}"/>
   </bookViews>
   <sheets>
     <sheet name="Personnel" sheetId="2" r:id="rId1"/>
     <sheet name="Expenditures" sheetId="3" r:id="rId2"/>
     <sheet name="Cost Allowability Definitions" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -2910,50 +2910,53 @@
     <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="21" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="22" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2990,50 +2993,53 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="7" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="52" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
@@ -3257,53 +3263,65 @@
     <xf numFmtId="2" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="5" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -3392,74 +3410,50 @@
     <xf numFmtId="0" fontId="25" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
-      <protection locked="0"/>
-[...22 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006395"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3748,1681 +3742,1681 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EAF8D03-ABC6-4346-9E68-5FCF248F7295}">
   <dimension ref="A1:Y154"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="I128" sqref="I128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="19.5546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.21875" style="1" customWidth="1"/>
     <col min="3" max="3" width="21.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="22" style="1" customWidth="1"/>
     <col min="6" max="6" width="13.109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.77734375" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.77734375" style="8" customWidth="1"/>
     <col min="9" max="9" width="10.77734375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.77734375" style="27" customWidth="1"/>
     <col min="11" max="15" width="10.77734375" style="8" customWidth="1"/>
     <col min="16" max="19" width="10.77734375" style="27" customWidth="1"/>
     <col min="20" max="20" width="23.88671875" style="56" customWidth="1"/>
     <col min="21" max="21" width="23.77734375" style="28" customWidth="1"/>
     <col min="22" max="22" width="21" style="28" customWidth="1"/>
     <col min="23" max="24" width="11" style="28" customWidth="1"/>
     <col min="25" max="25" width="91" style="28" customWidth="1"/>
     <col min="26" max="26" width="30.88671875" style="1" customWidth="1"/>
     <col min="27" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="28" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="188" t="s">
+      <c r="A1" s="194" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="189"/>
-[...4 lines deleted...]
-      <c r="G1" s="190"/>
+      <c r="B1" s="195"/>
+      <c r="C1" s="195"/>
+      <c r="D1" s="195"/>
+      <c r="E1" s="195"/>
+      <c r="F1" s="195"/>
+      <c r="G1" s="196"/>
       <c r="H1" s="26"/>
       <c r="I1" s="60"/>
       <c r="J1" s="26"/>
       <c r="K1" s="26"/>
       <c r="L1" s="26"/>
       <c r="M1" s="26"/>
       <c r="N1" s="27"/>
       <c r="O1" s="27"/>
       <c r="P1" s="27"/>
       <c r="Q1" s="27"/>
       <c r="R1" s="27"/>
       <c r="S1" s="27"/>
     </row>
     <row r="2" spans="1:25" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="65" t="s">
         <v>83</v>
       </c>
-      <c r="B2" s="179"/>
-[...4 lines deleted...]
-      <c r="G2" s="235"/>
+      <c r="B2" s="181"/>
+      <c r="C2" s="182"/>
+      <c r="D2" s="182"/>
+      <c r="E2" s="182"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="183"/>
       <c r="H2" s="24"/>
       <c r="I2" s="61"/>
       <c r="J2" s="26"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="24"/>
       <c r="T2" s="28"/>
     </row>
     <row r="3" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="B3" s="179"/>
-[...4 lines deleted...]
-      <c r="G3" s="235"/>
+      <c r="B3" s="181"/>
+      <c r="C3" s="182"/>
+      <c r="D3" s="182"/>
+      <c r="E3" s="182"/>
+      <c r="F3" s="182"/>
+      <c r="G3" s="183"/>
       <c r="H3" s="24"/>
       <c r="I3" s="61"/>
       <c r="J3" s="26"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
       <c r="T3" s="28"/>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="179"/>
-[...4 lines deleted...]
-      <c r="G4" s="235"/>
+      <c r="B4" s="181"/>
+      <c r="C4" s="182"/>
+      <c r="D4" s="182"/>
+      <c r="E4" s="182"/>
+      <c r="F4" s="182"/>
+      <c r="G4" s="183"/>
       <c r="H4" s="24"/>
       <c r="I4" s="61"/>
       <c r="J4" s="26"/>
       <c r="K4" s="24"/>
       <c r="L4" s="24"/>
       <c r="M4" s="24"/>
       <c r="N4" s="9"/>
       <c r="O4" s="9"/>
       <c r="P4" s="42"/>
       <c r="Q4" s="42"/>
       <c r="R4" s="42"/>
       <c r="S4" s="42"/>
       <c r="T4" s="43"/>
       <c r="U4" s="43"/>
       <c r="V4" s="43"/>
       <c r="W4" s="43"/>
       <c r="X4" s="43"/>
       <c r="Y4" s="43"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="65" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="179"/>
-[...4 lines deleted...]
-      <c r="G5" s="235"/>
+      <c r="B5" s="181"/>
+      <c r="C5" s="182"/>
+      <c r="D5" s="182"/>
+      <c r="E5" s="182"/>
+      <c r="F5" s="182"/>
+      <c r="G5" s="183"/>
       <c r="H5" s="24"/>
       <c r="I5" s="61"/>
       <c r="J5" s="26"/>
       <c r="K5" s="24"/>
       <c r="L5" s="24"/>
       <c r="M5" s="24"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="42"/>
       <c r="Q5" s="42"/>
       <c r="R5" s="42"/>
       <c r="S5" s="42"/>
       <c r="T5" s="43"/>
       <c r="U5" s="43"/>
       <c r="V5" s="43"/>
       <c r="W5" s="43"/>
       <c r="X5" s="43"/>
       <c r="Y5" s="43"/>
     </row>
     <row r="6" spans="1:25" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="65" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="179"/>
-[...4 lines deleted...]
-      <c r="G6" s="235"/>
+      <c r="B6" s="181"/>
+      <c r="C6" s="182"/>
+      <c r="D6" s="182"/>
+      <c r="E6" s="182"/>
+      <c r="F6" s="182"/>
+      <c r="G6" s="183"/>
       <c r="H6" s="24"/>
       <c r="I6" s="61"/>
       <c r="J6" s="26"/>
       <c r="K6" s="24"/>
       <c r="L6" s="24"/>
       <c r="M6" s="24"/>
       <c r="T6" s="28"/>
     </row>
     <row r="7" spans="1:25" ht="29.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="66" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="180"/>
-[...4 lines deleted...]
-      <c r="G7" s="237"/>
+      <c r="B7" s="184"/>
+      <c r="C7" s="185"/>
+      <c r="D7" s="185"/>
+      <c r="E7" s="185"/>
+      <c r="F7" s="185"/>
+      <c r="G7" s="186"/>
       <c r="H7" s="24"/>
       <c r="I7" s="61"/>
       <c r="J7" s="26"/>
       <c r="K7" s="24"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="T7" s="28"/>
     </row>
     <row r="8" spans="1:25" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A8" s="29" t="s">
         <v>82</v>
       </c>
       <c r="B8" s="30"/>
       <c r="C8" s="30"/>
       <c r="D8" s="29"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="H8" s="10"/>
       <c r="I8" s="62"/>
       <c r="J8" s="40"/>
       <c r="K8" s="10"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="40"/>
       <c r="Q8" s="40"/>
       <c r="R8" s="40"/>
       <c r="S8" s="40"/>
       <c r="T8" s="30"/>
       <c r="U8" s="30"/>
       <c r="V8" s="30"/>
       <c r="W8" s="30"/>
       <c r="X8" s="30"/>
       <c r="Y8" s="30"/>
     </row>
     <row r="9" spans="1:25" ht="21" x14ac:dyDescent="0.3">
-      <c r="A9" s="96" t="s">
+      <c r="A9" s="98" t="s">
         <v>77</v>
       </c>
       <c r="B9" s="18"/>
       <c r="C9" s="25"/>
       <c r="D9" s="17"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="18"/>
       <c r="H9" s="20"/>
       <c r="I9" s="63"/>
       <c r="J9" s="41"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
       <c r="M9" s="20"/>
       <c r="N9" s="20"/>
       <c r="O9" s="20"/>
       <c r="P9" s="41"/>
       <c r="Q9" s="41"/>
       <c r="R9" s="41"/>
       <c r="S9" s="41"/>
       <c r="T9" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U9" s="44"/>
       <c r="V9" s="45"/>
       <c r="W9" s="45"/>
       <c r="X9" s="45"/>
       <c r="Y9" s="45"/>
     </row>
     <row r="10" spans="1:25" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="162" t="s">
+      <c r="A10" s="164" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="162" t="s">
+      <c r="B10" s="164" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="162" t="s">
+      <c r="C10" s="164" t="s">
         <v>5</v>
       </c>
-      <c r="D10" s="162" t="s">
+      <c r="D10" s="164" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="165" t="s">
+      <c r="E10" s="167" t="s">
         <v>8</v>
       </c>
-      <c r="F10" s="162" t="s">
+      <c r="F10" s="164" t="s">
         <v>32</v>
       </c>
-      <c r="G10" s="162" t="s">
+      <c r="G10" s="164" t="s">
         <v>29</v>
       </c>
-      <c r="H10" s="165" t="s">
+      <c r="H10" s="167" t="s">
         <v>36</v>
       </c>
-      <c r="I10" s="171" t="s">
+      <c r="I10" s="173" t="s">
         <v>35</v>
       </c>
-      <c r="J10" s="165" t="s">
+      <c r="J10" s="167" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="31" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="31" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>26</v>
       </c>
       <c r="O10" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="P10" s="162" t="s">
+      <c r="P10" s="164" t="s">
         <v>28</v>
       </c>
-      <c r="Q10" s="165" t="s">
+      <c r="Q10" s="167" t="s">
         <v>21</v>
       </c>
-      <c r="R10" s="165" t="s">
+      <c r="R10" s="167" t="s">
         <v>38</v>
       </c>
-      <c r="S10" s="168" t="s">
+      <c r="S10" s="170" t="s">
         <v>22</v>
       </c>
-      <c r="T10" s="159" t="s">
+      <c r="T10" s="161" t="s">
         <v>8</v>
       </c>
-      <c r="U10" s="159" t="s">
+      <c r="U10" s="161" t="s">
         <v>17</v>
       </c>
-      <c r="V10" s="159" t="s">
+      <c r="V10" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="W10" s="159" t="s">
+      <c r="W10" s="161" t="s">
         <v>30</v>
       </c>
-      <c r="X10" s="159" t="s">
+      <c r="X10" s="161" t="s">
         <v>18</v>
       </c>
-      <c r="Y10" s="159" t="s">
+      <c r="Y10" s="161" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="163"/>
-[...9 lines deleted...]
-      <c r="K11" s="174" t="s">
+      <c r="A11" s="165"/>
+      <c r="B11" s="165"/>
+      <c r="C11" s="165"/>
+      <c r="D11" s="165"/>
+      <c r="E11" s="168"/>
+      <c r="F11" s="165"/>
+      <c r="G11" s="165"/>
+      <c r="H11" s="168"/>
+      <c r="I11" s="174"/>
+      <c r="J11" s="168"/>
+      <c r="K11" s="176" t="s">
         <v>39</v>
       </c>
-      <c r="L11" s="175"/>
-[...12 lines deleted...]
-      <c r="Y11" s="160"/>
+      <c r="L11" s="177"/>
+      <c r="M11" s="177"/>
+      <c r="N11" s="177"/>
+      <c r="O11" s="178"/>
+      <c r="P11" s="179"/>
+      <c r="Q11" s="168"/>
+      <c r="R11" s="168"/>
+      <c r="S11" s="171"/>
+      <c r="T11" s="162"/>
+      <c r="U11" s="162"/>
+      <c r="V11" s="162"/>
+      <c r="W11" s="162"/>
+      <c r="X11" s="162"/>
+      <c r="Y11" s="162"/>
     </row>
     <row r="12" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="164"/>
-[...9 lines deleted...]
-      <c r="K12" s="238" t="s">
+      <c r="A12" s="166"/>
+      <c r="B12" s="166"/>
+      <c r="C12" s="166"/>
+      <c r="D12" s="166"/>
+      <c r="E12" s="169"/>
+      <c r="F12" s="166"/>
+      <c r="G12" s="166"/>
+      <c r="H12" s="169"/>
+      <c r="I12" s="175"/>
+      <c r="J12" s="169"/>
+      <c r="K12" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="L12" s="238" t="s">
+      <c r="L12" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="M12" s="238" t="s">
+      <c r="M12" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="N12" s="238" t="s">
+      <c r="N12" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="O12" s="238" t="s">
+      <c r="O12" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="P12" s="178"/>
-[...8 lines deleted...]
-      <c r="Y12" s="161"/>
+      <c r="P12" s="180"/>
+      <c r="Q12" s="169"/>
+      <c r="R12" s="169"/>
+      <c r="S12" s="172"/>
+      <c r="T12" s="163"/>
+      <c r="U12" s="163"/>
+      <c r="V12" s="163"/>
+      <c r="W12" s="163"/>
+      <c r="X12" s="163"/>
+      <c r="Y12" s="163"/>
     </row>
     <row r="13" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="94"/>
-[...8 lines deleted...]
-      <c r="J13" s="135">
+      <c r="A13" s="96"/>
+      <c r="B13" s="97"/>
+      <c r="C13" s="97"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="97"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="136"/>
+      <c r="I13" s="136"/>
+      <c r="J13" s="137">
         <f>SUM(H13:I13)</f>
         <v>0</v>
       </c>
-      <c r="K13" s="134"/>
-[...4 lines deleted...]
-      <c r="P13" s="137">
+      <c r="K13" s="136"/>
+      <c r="L13" s="138"/>
+      <c r="M13" s="138"/>
+      <c r="N13" s="138"/>
+      <c r="O13" s="138"/>
+      <c r="P13" s="139">
         <f>SUM(K13:O13)</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="137">
+      <c r="Q13" s="139">
         <f>H13*P13</f>
         <v>0</v>
       </c>
-      <c r="R13" s="137">
+      <c r="R13" s="139">
         <f>I13*P13</f>
         <v>0</v>
       </c>
-      <c r="S13" s="138">
+      <c r="S13" s="140">
         <f>SUM(Q13:R13)</f>
         <v>0</v>
       </c>
       <c r="T13" s="46"/>
       <c r="U13" s="47"/>
       <c r="V13" s="47"/>
       <c r="W13" s="47"/>
       <c r="X13" s="47"/>
       <c r="Y13" s="47"/>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="4"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="4"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
-      <c r="H14" s="139"/>
-[...1 lines deleted...]
-      <c r="J14" s="140">
+      <c r="H14" s="141"/>
+      <c r="I14" s="141"/>
+      <c r="J14" s="142">
         <f t="shared" ref="J14:J42" si="0">SUM(H14:I14)</f>
         <v>0</v>
       </c>
-      <c r="K14" s="139"/>
-[...4 lines deleted...]
-      <c r="P14" s="142">
+      <c r="K14" s="141"/>
+      <c r="L14" s="143"/>
+      <c r="M14" s="143"/>
+      <c r="N14" s="143"/>
+      <c r="O14" s="143"/>
+      <c r="P14" s="144">
         <f t="shared" ref="P14:P42" si="1">SUM(K14:O14)</f>
         <v>0</v>
       </c>
-      <c r="Q14" s="142">
+      <c r="Q14" s="144">
         <f t="shared" ref="Q14:Q42" si="2">H14*P14</f>
         <v>0</v>
       </c>
-      <c r="R14" s="142">
+      <c r="R14" s="144">
         <f t="shared" ref="R14:R42" si="3">I14*P14</f>
         <v>0</v>
       </c>
-      <c r="S14" s="143">
+      <c r="S14" s="145">
         <f t="shared" ref="S14:S42" si="4">SUM(Q14:R14)</f>
         <v>0</v>
       </c>
       <c r="T14" s="48"/>
       <c r="U14" s="49"/>
       <c r="V14" s="49"/>
       <c r="W14" s="49"/>
       <c r="X14" s="49"/>
       <c r="Y14" s="49"/>
     </row>
     <row r="15" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="11"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="11"/>
       <c r="E15" s="12"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
-      <c r="H15" s="144"/>
-[...1 lines deleted...]
-      <c r="J15" s="145">
+      <c r="H15" s="146"/>
+      <c r="I15" s="146"/>
+      <c r="J15" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K15" s="144"/>
-[...4 lines deleted...]
-      <c r="P15" s="147">
+      <c r="K15" s="146"/>
+      <c r="L15" s="148"/>
+      <c r="M15" s="148"/>
+      <c r="N15" s="148"/>
+      <c r="O15" s="148"/>
+      <c r="P15" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q15" s="147">
+      <c r="Q15" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R15" s="147">
+      <c r="R15" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S15" s="148">
+      <c r="S15" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T15" s="50"/>
       <c r="U15" s="51"/>
       <c r="V15" s="51"/>
       <c r="W15" s="51"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="51"/>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="4"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
-      <c r="H16" s="139"/>
-[...1 lines deleted...]
-      <c r="J16" s="140">
+      <c r="H16" s="141"/>
+      <c r="I16" s="141"/>
+      <c r="J16" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K16" s="139"/>
-[...4 lines deleted...]
-      <c r="P16" s="142">
+      <c r="K16" s="141"/>
+      <c r="L16" s="143"/>
+      <c r="M16" s="143"/>
+      <c r="N16" s="143"/>
+      <c r="O16" s="143"/>
+      <c r="P16" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q16" s="142">
+      <c r="Q16" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R16" s="142">
+      <c r="R16" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S16" s="143">
+      <c r="S16" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T16" s="48"/>
       <c r="U16" s="49"/>
       <c r="V16" s="49"/>
       <c r="W16" s="49"/>
       <c r="X16" s="49"/>
       <c r="Y16" s="49"/>
     </row>
     <row r="17" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="11"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="11"/>
       <c r="E17" s="12"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
-      <c r="H17" s="144"/>
-[...1 lines deleted...]
-      <c r="J17" s="145">
+      <c r="H17" s="146"/>
+      <c r="I17" s="146"/>
+      <c r="J17" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K17" s="144"/>
-[...4 lines deleted...]
-      <c r="P17" s="147">
+      <c r="K17" s="146"/>
+      <c r="L17" s="148"/>
+      <c r="M17" s="148"/>
+      <c r="N17" s="148"/>
+      <c r="O17" s="148"/>
+      <c r="P17" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q17" s="147">
+      <c r="Q17" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R17" s="147">
+      <c r="R17" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S17" s="148">
+      <c r="S17" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T17" s="50"/>
       <c r="U17" s="51"/>
       <c r="V17" s="51"/>
       <c r="W17" s="51"/>
       <c r="X17" s="51"/>
       <c r="Y17" s="51"/>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A18" s="4"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="4"/>
       <c r="E18" s="5"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
-      <c r="H18" s="139"/>
-[...1 lines deleted...]
-      <c r="J18" s="140">
+      <c r="H18" s="141"/>
+      <c r="I18" s="141"/>
+      <c r="J18" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K18" s="139"/>
-[...4 lines deleted...]
-      <c r="P18" s="142">
+      <c r="K18" s="141"/>
+      <c r="L18" s="143"/>
+      <c r="M18" s="143"/>
+      <c r="N18" s="143"/>
+      <c r="O18" s="143"/>
+      <c r="P18" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q18" s="142">
+      <c r="Q18" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R18" s="142">
+      <c r="R18" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S18" s="143">
+      <c r="S18" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T18" s="48"/>
       <c r="U18" s="49"/>
       <c r="V18" s="49"/>
       <c r="W18" s="49"/>
       <c r="X18" s="49"/>
       <c r="Y18" s="49"/>
     </row>
     <row r="19" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="11"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="11"/>
       <c r="E19" s="12"/>
       <c r="F19" s="11"/>
       <c r="G19" s="11"/>
-      <c r="H19" s="144"/>
-[...1 lines deleted...]
-      <c r="J19" s="145">
+      <c r="H19" s="146"/>
+      <c r="I19" s="146"/>
+      <c r="J19" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K19" s="144"/>
-[...4 lines deleted...]
-      <c r="P19" s="147">
+      <c r="K19" s="146"/>
+      <c r="L19" s="148"/>
+      <c r="M19" s="148"/>
+      <c r="N19" s="148"/>
+      <c r="O19" s="148"/>
+      <c r="P19" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q19" s="147">
+      <c r="Q19" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R19" s="147">
+      <c r="R19" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S19" s="148">
+      <c r="S19" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T19" s="50"/>
       <c r="U19" s="51"/>
       <c r="V19" s="51"/>
       <c r="W19" s="51"/>
       <c r="X19" s="51"/>
       <c r="Y19" s="51"/>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A20" s="4"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="4"/>
       <c r="E20" s="5"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
-      <c r="H20" s="139"/>
-[...1 lines deleted...]
-      <c r="J20" s="140">
+      <c r="H20" s="141"/>
+      <c r="I20" s="141"/>
+      <c r="J20" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K20" s="139"/>
-[...4 lines deleted...]
-      <c r="P20" s="142">
+      <c r="K20" s="141"/>
+      <c r="L20" s="143"/>
+      <c r="M20" s="143"/>
+      <c r="N20" s="143"/>
+      <c r="O20" s="143"/>
+      <c r="P20" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q20" s="142">
+      <c r="Q20" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R20" s="142">
+      <c r="R20" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S20" s="143">
+      <c r="S20" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T20" s="48"/>
       <c r="U20" s="49"/>
       <c r="V20" s="49"/>
       <c r="W20" s="49"/>
       <c r="X20" s="49"/>
       <c r="Y20" s="49"/>
     </row>
     <row r="21" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11"/>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="11"/>
       <c r="E21" s="12"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
-      <c r="H21" s="144"/>
-[...1 lines deleted...]
-      <c r="J21" s="145">
+      <c r="H21" s="146"/>
+      <c r="I21" s="146"/>
+      <c r="J21" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K21" s="144"/>
-[...4 lines deleted...]
-      <c r="P21" s="147">
+      <c r="K21" s="146"/>
+      <c r="L21" s="148"/>
+      <c r="M21" s="148"/>
+      <c r="N21" s="148"/>
+      <c r="O21" s="148"/>
+      <c r="P21" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q21" s="147">
+      <c r="Q21" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R21" s="147">
+      <c r="R21" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S21" s="148">
+      <c r="S21" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T21" s="50"/>
       <c r="U21" s="51"/>
       <c r="V21" s="51"/>
       <c r="W21" s="51"/>
       <c r="X21" s="51"/>
       <c r="Y21" s="51"/>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A22" s="4"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="4"/>
       <c r="E22" s="5"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
-      <c r="H22" s="139"/>
-[...1 lines deleted...]
-      <c r="J22" s="140">
+      <c r="H22" s="141"/>
+      <c r="I22" s="141"/>
+      <c r="J22" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K22" s="139"/>
-[...4 lines deleted...]
-      <c r="P22" s="142">
+      <c r="K22" s="141"/>
+      <c r="L22" s="143"/>
+      <c r="M22" s="143"/>
+      <c r="N22" s="143"/>
+      <c r="O22" s="143"/>
+      <c r="P22" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q22" s="142">
+      <c r="Q22" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R22" s="142">
+      <c r="R22" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S22" s="143">
+      <c r="S22" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T22" s="48"/>
       <c r="U22" s="49"/>
       <c r="V22" s="49"/>
       <c r="W22" s="49"/>
       <c r="X22" s="49"/>
       <c r="Y22" s="49"/>
     </row>
     <row r="23" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="11"/>
       <c r="B23" s="12"/>
       <c r="C23" s="12"/>
       <c r="D23" s="11"/>
       <c r="E23" s="12"/>
       <c r="F23" s="11"/>
       <c r="G23" s="11"/>
-      <c r="H23" s="144"/>
-[...1 lines deleted...]
-      <c r="J23" s="145">
+      <c r="H23" s="146"/>
+      <c r="I23" s="146"/>
+      <c r="J23" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K23" s="144"/>
-[...4 lines deleted...]
-      <c r="P23" s="147">
+      <c r="K23" s="146"/>
+      <c r="L23" s="148"/>
+      <c r="M23" s="148"/>
+      <c r="N23" s="148"/>
+      <c r="O23" s="148"/>
+      <c r="P23" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q23" s="147">
+      <c r="Q23" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R23" s="147">
+      <c r="R23" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S23" s="148">
+      <c r="S23" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T23" s="50"/>
       <c r="U23" s="51"/>
       <c r="V23" s="51"/>
       <c r="W23" s="51"/>
       <c r="X23" s="51"/>
       <c r="Y23" s="51"/>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A24" s="4"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="4"/>
       <c r="E24" s="5"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
-      <c r="H24" s="139"/>
-[...1 lines deleted...]
-      <c r="J24" s="140">
+      <c r="H24" s="141"/>
+      <c r="I24" s="141"/>
+      <c r="J24" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K24" s="139"/>
-[...4 lines deleted...]
-      <c r="P24" s="142">
+      <c r="K24" s="141"/>
+      <c r="L24" s="143"/>
+      <c r="M24" s="143"/>
+      <c r="N24" s="143"/>
+      <c r="O24" s="143"/>
+      <c r="P24" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q24" s="142">
+      <c r="Q24" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R24" s="142">
+      <c r="R24" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S24" s="143">
+      <c r="S24" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T24" s="48"/>
       <c r="U24" s="49"/>
       <c r="V24" s="49"/>
       <c r="W24" s="49"/>
       <c r="X24" s="49"/>
       <c r="Y24" s="49"/>
     </row>
     <row r="25" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="11"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="11"/>
       <c r="E25" s="12"/>
       <c r="F25" s="11"/>
       <c r="G25" s="11"/>
-      <c r="H25" s="144"/>
-[...1 lines deleted...]
-      <c r="J25" s="145">
+      <c r="H25" s="146"/>
+      <c r="I25" s="146"/>
+      <c r="J25" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K25" s="144"/>
-[...4 lines deleted...]
-      <c r="P25" s="147">
+      <c r="K25" s="146"/>
+      <c r="L25" s="148"/>
+      <c r="M25" s="148"/>
+      <c r="N25" s="148"/>
+      <c r="O25" s="148"/>
+      <c r="P25" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q25" s="147">
+      <c r="Q25" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R25" s="147">
+      <c r="R25" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S25" s="148">
+      <c r="S25" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T25" s="50"/>
       <c r="U25" s="51"/>
       <c r="V25" s="51"/>
       <c r="W25" s="51"/>
       <c r="X25" s="51"/>
       <c r="Y25" s="51"/>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A26" s="4"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="4"/>
       <c r="E26" s="5"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
-      <c r="H26" s="139"/>
-[...1 lines deleted...]
-      <c r="J26" s="140">
+      <c r="H26" s="141"/>
+      <c r="I26" s="141"/>
+      <c r="J26" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K26" s="139"/>
-[...4 lines deleted...]
-      <c r="P26" s="142">
+      <c r="K26" s="141"/>
+      <c r="L26" s="143"/>
+      <c r="M26" s="143"/>
+      <c r="N26" s="143"/>
+      <c r="O26" s="143"/>
+      <c r="P26" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q26" s="142">
+      <c r="Q26" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R26" s="142">
+      <c r="R26" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S26" s="143">
+      <c r="S26" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T26" s="48"/>
       <c r="U26" s="49"/>
       <c r="V26" s="49"/>
       <c r="W26" s="49"/>
       <c r="X26" s="49"/>
       <c r="Y26" s="49"/>
     </row>
     <row r="27" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="11"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="11"/>
       <c r="E27" s="12"/>
       <c r="F27" s="11"/>
       <c r="G27" s="11"/>
-      <c r="H27" s="144"/>
-[...1 lines deleted...]
-      <c r="J27" s="145">
+      <c r="H27" s="146"/>
+      <c r="I27" s="146"/>
+      <c r="J27" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K27" s="144"/>
-[...4 lines deleted...]
-      <c r="P27" s="147">
+      <c r="K27" s="146"/>
+      <c r="L27" s="148"/>
+      <c r="M27" s="148"/>
+      <c r="N27" s="148"/>
+      <c r="O27" s="148"/>
+      <c r="P27" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q27" s="147">
+      <c r="Q27" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R27" s="147">
+      <c r="R27" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S27" s="148">
+      <c r="S27" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T27" s="50"/>
       <c r="U27" s="51"/>
       <c r="V27" s="51"/>
       <c r="W27" s="51"/>
       <c r="X27" s="51"/>
       <c r="Y27" s="51"/>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A28" s="4"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="4"/>
       <c r="E28" s="5"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
-      <c r="H28" s="139"/>
-[...1 lines deleted...]
-      <c r="J28" s="140">
+      <c r="H28" s="141"/>
+      <c r="I28" s="141"/>
+      <c r="J28" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K28" s="139"/>
-[...4 lines deleted...]
-      <c r="P28" s="142">
+      <c r="K28" s="141"/>
+      <c r="L28" s="143"/>
+      <c r="M28" s="143"/>
+      <c r="N28" s="143"/>
+      <c r="O28" s="143"/>
+      <c r="P28" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q28" s="142">
+      <c r="Q28" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R28" s="142">
+      <c r="R28" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S28" s="143">
+      <c r="S28" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T28" s="48"/>
       <c r="U28" s="49"/>
       <c r="V28" s="49"/>
       <c r="W28" s="49"/>
       <c r="X28" s="49"/>
       <c r="Y28" s="49"/>
     </row>
     <row r="29" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="11"/>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="11"/>
       <c r="E29" s="12"/>
       <c r="F29" s="11"/>
       <c r="G29" s="11"/>
-      <c r="H29" s="144"/>
-[...1 lines deleted...]
-      <c r="J29" s="145">
+      <c r="H29" s="146"/>
+      <c r="I29" s="146"/>
+      <c r="J29" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K29" s="144"/>
-[...4 lines deleted...]
-      <c r="P29" s="147">
+      <c r="K29" s="146"/>
+      <c r="L29" s="148"/>
+      <c r="M29" s="148"/>
+      <c r="N29" s="148"/>
+      <c r="O29" s="148"/>
+      <c r="P29" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q29" s="147">
+      <c r="Q29" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R29" s="147">
+      <c r="R29" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S29" s="148">
+      <c r="S29" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T29" s="50"/>
       <c r="U29" s="51"/>
       <c r="V29" s="51"/>
       <c r="W29" s="51"/>
       <c r="X29" s="51"/>
       <c r="Y29" s="51"/>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A30" s="4"/>
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="4"/>
       <c r="E30" s="5"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
-      <c r="H30" s="139"/>
-[...1 lines deleted...]
-      <c r="J30" s="140">
+      <c r="H30" s="141"/>
+      <c r="I30" s="141"/>
+      <c r="J30" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K30" s="139"/>
-[...4 lines deleted...]
-      <c r="P30" s="142">
+      <c r="K30" s="141"/>
+      <c r="L30" s="143"/>
+      <c r="M30" s="143"/>
+      <c r="N30" s="143"/>
+      <c r="O30" s="143"/>
+      <c r="P30" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q30" s="142">
+      <c r="Q30" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R30" s="142">
+      <c r="R30" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S30" s="143">
+      <c r="S30" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T30" s="48"/>
       <c r="U30" s="49"/>
       <c r="V30" s="49"/>
       <c r="W30" s="49"/>
       <c r="X30" s="49"/>
       <c r="Y30" s="49"/>
     </row>
     <row r="31" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="11"/>
       <c r="B31" s="12"/>
       <c r="C31" s="12"/>
       <c r="D31" s="11"/>
       <c r="E31" s="12"/>
       <c r="F31" s="11"/>
       <c r="G31" s="11"/>
-      <c r="H31" s="144"/>
-[...1 lines deleted...]
-      <c r="J31" s="145">
+      <c r="H31" s="146"/>
+      <c r="I31" s="146"/>
+      <c r="J31" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K31" s="144"/>
-[...4 lines deleted...]
-      <c r="P31" s="147">
+      <c r="K31" s="146"/>
+      <c r="L31" s="148"/>
+      <c r="M31" s="148"/>
+      <c r="N31" s="148"/>
+      <c r="O31" s="148"/>
+      <c r="P31" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q31" s="147">
+      <c r="Q31" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R31" s="147">
+      <c r="R31" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S31" s="148">
+      <c r="S31" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T31" s="50"/>
       <c r="U31" s="51"/>
       <c r="V31" s="51"/>
       <c r="W31" s="51"/>
       <c r="X31" s="51"/>
       <c r="Y31" s="51"/>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A32" s="6"/>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="6"/>
       <c r="E32" s="7"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
-      <c r="H32" s="149"/>
-[...1 lines deleted...]
-      <c r="J32" s="140">
+      <c r="H32" s="151"/>
+      <c r="I32" s="151"/>
+      <c r="J32" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K32" s="149"/>
-[...4 lines deleted...]
-      <c r="P32" s="142">
+      <c r="K32" s="151"/>
+      <c r="L32" s="152"/>
+      <c r="M32" s="152"/>
+      <c r="N32" s="152"/>
+      <c r="O32" s="152"/>
+      <c r="P32" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q32" s="142">
+      <c r="Q32" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R32" s="142">
+      <c r="R32" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S32" s="143">
+      <c r="S32" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T32" s="52"/>
       <c r="U32" s="53"/>
       <c r="V32" s="53"/>
       <c r="W32" s="53"/>
       <c r="X32" s="53"/>
       <c r="Y32" s="53"/>
     </row>
     <row r="33" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="14"/>
       <c r="B33" s="15"/>
       <c r="C33" s="15"/>
       <c r="D33" s="14"/>
       <c r="E33" s="15"/>
       <c r="F33" s="14"/>
       <c r="G33" s="14"/>
-      <c r="H33" s="151"/>
-[...1 lines deleted...]
-      <c r="J33" s="145">
+      <c r="H33" s="153"/>
+      <c r="I33" s="153"/>
+      <c r="J33" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K33" s="151"/>
-[...4 lines deleted...]
-      <c r="P33" s="147">
+      <c r="K33" s="153"/>
+      <c r="L33" s="154"/>
+      <c r="M33" s="154"/>
+      <c r="N33" s="154"/>
+      <c r="O33" s="154"/>
+      <c r="P33" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q33" s="147">
+      <c r="Q33" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R33" s="147">
+      <c r="R33" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S33" s="148">
+      <c r="S33" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T33" s="54"/>
       <c r="U33" s="55"/>
       <c r="V33" s="55"/>
       <c r="W33" s="55"/>
       <c r="X33" s="55"/>
       <c r="Y33" s="55"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A34" s="6"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="6"/>
       <c r="E34" s="7"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
-      <c r="H34" s="149"/>
-[...1 lines deleted...]
-      <c r="J34" s="140">
+      <c r="H34" s="151"/>
+      <c r="I34" s="151"/>
+      <c r="J34" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K34" s="149"/>
-[...4 lines deleted...]
-      <c r="P34" s="142">
+      <c r="K34" s="151"/>
+      <c r="L34" s="152"/>
+      <c r="M34" s="152"/>
+      <c r="N34" s="152"/>
+      <c r="O34" s="152"/>
+      <c r="P34" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q34" s="142">
+      <c r="Q34" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R34" s="142">
+      <c r="R34" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S34" s="143">
+      <c r="S34" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T34" s="52"/>
       <c r="U34" s="53"/>
       <c r="V34" s="53"/>
       <c r="W34" s="53"/>
       <c r="X34" s="53"/>
       <c r="Y34" s="53"/>
     </row>
     <row r="35" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="14"/>
       <c r="B35" s="15"/>
       <c r="C35" s="15"/>
       <c r="D35" s="14"/>
       <c r="E35" s="15"/>
       <c r="F35" s="14"/>
       <c r="G35" s="14"/>
-      <c r="H35" s="151"/>
-[...1 lines deleted...]
-      <c r="J35" s="145">
+      <c r="H35" s="153"/>
+      <c r="I35" s="153"/>
+      <c r="J35" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K35" s="151"/>
-[...4 lines deleted...]
-      <c r="P35" s="147">
+      <c r="K35" s="153"/>
+      <c r="L35" s="154"/>
+      <c r="M35" s="154"/>
+      <c r="N35" s="154"/>
+      <c r="O35" s="154"/>
+      <c r="P35" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q35" s="147">
+      <c r="Q35" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R35" s="147">
+      <c r="R35" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S35" s="148">
+      <c r="S35" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T35" s="54"/>
       <c r="U35" s="55"/>
       <c r="V35" s="55"/>
       <c r="W35" s="55"/>
       <c r="X35" s="55"/>
       <c r="Y35" s="55"/>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A36" s="6"/>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="6"/>
       <c r="E36" s="7"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
-      <c r="H36" s="149"/>
-[...1 lines deleted...]
-      <c r="J36" s="140">
+      <c r="H36" s="151"/>
+      <c r="I36" s="151"/>
+      <c r="J36" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K36" s="149"/>
-[...4 lines deleted...]
-      <c r="P36" s="142">
+      <c r="K36" s="151"/>
+      <c r="L36" s="152"/>
+      <c r="M36" s="152"/>
+      <c r="N36" s="152"/>
+      <c r="O36" s="152"/>
+      <c r="P36" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q36" s="142">
+      <c r="Q36" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R36" s="142">
+      <c r="R36" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S36" s="143">
+      <c r="S36" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T36" s="52"/>
       <c r="U36" s="53"/>
       <c r="V36" s="53"/>
       <c r="W36" s="53"/>
       <c r="X36" s="53"/>
       <c r="Y36" s="53"/>
     </row>
     <row r="37" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="14"/>
       <c r="B37" s="15"/>
       <c r="C37" s="15"/>
       <c r="D37" s="14"/>
       <c r="E37" s="15"/>
       <c r="F37" s="14"/>
       <c r="G37" s="14"/>
-      <c r="H37" s="151"/>
-[...1 lines deleted...]
-      <c r="J37" s="145">
+      <c r="H37" s="153"/>
+      <c r="I37" s="153"/>
+      <c r="J37" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K37" s="151"/>
-[...4 lines deleted...]
-      <c r="P37" s="147">
+      <c r="K37" s="153"/>
+      <c r="L37" s="154"/>
+      <c r="M37" s="154"/>
+      <c r="N37" s="154"/>
+      <c r="O37" s="154"/>
+      <c r="P37" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q37" s="147">
+      <c r="Q37" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R37" s="147">
+      <c r="R37" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S37" s="148">
+      <c r="S37" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T37" s="54"/>
       <c r="U37" s="55"/>
       <c r="V37" s="55"/>
       <c r="W37" s="55"/>
       <c r="X37" s="55"/>
       <c r="Y37" s="55"/>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A38" s="6"/>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="6"/>
       <c r="E38" s="7"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
-      <c r="H38" s="149"/>
-[...1 lines deleted...]
-      <c r="J38" s="140">
+      <c r="H38" s="151"/>
+      <c r="I38" s="151"/>
+      <c r="J38" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K38" s="149"/>
-[...4 lines deleted...]
-      <c r="P38" s="142">
+      <c r="K38" s="151"/>
+      <c r="L38" s="152"/>
+      <c r="M38" s="152"/>
+      <c r="N38" s="152"/>
+      <c r="O38" s="152"/>
+      <c r="P38" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q38" s="142">
+      <c r="Q38" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R38" s="142">
+      <c r="R38" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S38" s="143">
+      <c r="S38" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T38" s="52"/>
       <c r="U38" s="53"/>
       <c r="V38" s="53"/>
       <c r="W38" s="53"/>
       <c r="X38" s="53"/>
       <c r="Y38" s="53"/>
     </row>
     <row r="39" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="14"/>
       <c r="B39" s="15"/>
       <c r="C39" s="15"/>
       <c r="D39" s="14"/>
       <c r="E39" s="15"/>
       <c r="F39" s="14"/>
       <c r="G39" s="14"/>
-      <c r="H39" s="151"/>
-[...1 lines deleted...]
-      <c r="J39" s="145">
+      <c r="H39" s="153"/>
+      <c r="I39" s="153"/>
+      <c r="J39" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K39" s="151"/>
-[...4 lines deleted...]
-      <c r="P39" s="147">
+      <c r="K39" s="153"/>
+      <c r="L39" s="154"/>
+      <c r="M39" s="154"/>
+      <c r="N39" s="154"/>
+      <c r="O39" s="154"/>
+      <c r="P39" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q39" s="147">
+      <c r="Q39" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R39" s="147">
+      <c r="R39" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S39" s="148">
+      <c r="S39" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T39" s="54"/>
       <c r="U39" s="55"/>
       <c r="V39" s="55"/>
       <c r="W39" s="55"/>
       <c r="X39" s="55"/>
       <c r="Y39" s="55"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A40" s="6"/>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="6"/>
       <c r="E40" s="7"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
-      <c r="H40" s="149"/>
-[...1 lines deleted...]
-      <c r="J40" s="140">
+      <c r="H40" s="151"/>
+      <c r="I40" s="151"/>
+      <c r="J40" s="142">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K40" s="149"/>
-[...4 lines deleted...]
-      <c r="P40" s="142">
+      <c r="K40" s="151"/>
+      <c r="L40" s="152"/>
+      <c r="M40" s="152"/>
+      <c r="N40" s="152"/>
+      <c r="O40" s="152"/>
+      <c r="P40" s="144">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q40" s="142">
+      <c r="Q40" s="144">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R40" s="142">
+      <c r="R40" s="144">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S40" s="143">
+      <c r="S40" s="145">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T40" s="52"/>
       <c r="U40" s="53"/>
       <c r="V40" s="53"/>
       <c r="W40" s="53"/>
       <c r="X40" s="53"/>
       <c r="Y40" s="53"/>
     </row>
     <row r="41" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="14"/>
       <c r="B41" s="15"/>
       <c r="C41" s="15"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
-      <c r="H41" s="151"/>
-[...1 lines deleted...]
-      <c r="J41" s="145">
+      <c r="H41" s="153"/>
+      <c r="I41" s="153"/>
+      <c r="J41" s="147">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K41" s="151"/>
-[...4 lines deleted...]
-      <c r="P41" s="147">
+      <c r="K41" s="153"/>
+      <c r="L41" s="154"/>
+      <c r="M41" s="154"/>
+      <c r="N41" s="154"/>
+      <c r="O41" s="154"/>
+      <c r="P41" s="149">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q41" s="147">
+      <c r="Q41" s="149">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R41" s="147">
+      <c r="R41" s="149">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S41" s="148">
+      <c r="S41" s="150">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T41" s="54"/>
       <c r="U41" s="55"/>
       <c r="V41" s="55"/>
       <c r="W41" s="55"/>
       <c r="X41" s="55"/>
       <c r="Y41" s="55"/>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A42" s="6"/>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="6"/>
       <c r="E42" s="7"/>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
-      <c r="H42" s="149"/>
-[...1 lines deleted...]
-      <c r="J42" s="153">
+      <c r="H42" s="151"/>
+      <c r="I42" s="151"/>
+      <c r="J42" s="155">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K42" s="149"/>
-[...4 lines deleted...]
-      <c r="P42" s="154">
+      <c r="K42" s="151"/>
+      <c r="L42" s="151"/>
+      <c r="M42" s="151"/>
+      <c r="N42" s="151"/>
+      <c r="O42" s="151"/>
+      <c r="P42" s="156">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q42" s="154">
+      <c r="Q42" s="156">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R42" s="153">
+      <c r="R42" s="155">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S42" s="155">
+      <c r="S42" s="157">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T42" s="52"/>
       <c r="U42" s="53"/>
       <c r="V42" s="53"/>
       <c r="W42" s="53"/>
       <c r="X42" s="53"/>
       <c r="Y42" s="53"/>
     </row>
     <row r="43" spans="1:25" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B43" s="34"/>
       <c r="C43" s="34"/>
       <c r="D43" s="34"/>
       <c r="E43" s="34"/>
       <c r="F43" s="34"/>
       <c r="G43" s="34"/>
       <c r="H43" s="35"/>
       <c r="I43" s="35">
         <f t="shared" ref="I43:S43" si="5">SUM(I13:I42)</f>
         <v>0</v>
       </c>
@@ -5452,3363 +5446,3363 @@
       </c>
       <c r="P43" s="35">
         <f>SUM(P13:P42)</f>
         <v>0</v>
       </c>
       <c r="Q43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="R43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="S43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="T43" s="36"/>
       <c r="U43" s="34"/>
       <c r="V43" s="34"/>
       <c r="W43" s="34"/>
       <c r="X43" s="34"/>
       <c r="Y43" s="37"/>
     </row>
     <row r="44" spans="1:25" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="97" t="s">
+      <c r="A44" s="99" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="19"/>
       <c r="C44" s="19"/>
       <c r="D44" s="19"/>
       <c r="E44" s="19"/>
       <c r="F44" s="19"/>
       <c r="G44" s="19"/>
       <c r="H44" s="20"/>
       <c r="I44" s="63"/>
       <c r="J44" s="41"/>
       <c r="K44" s="20"/>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
       <c r="N44" s="20"/>
       <c r="O44" s="20"/>
       <c r="P44" s="41"/>
       <c r="Q44" s="41"/>
       <c r="R44" s="41"/>
       <c r="S44" s="41"/>
       <c r="T44" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U44" s="44"/>
       <c r="V44" s="45"/>
       <c r="W44" s="45"/>
       <c r="X44" s="45"/>
       <c r="Y44" s="57"/>
     </row>
     <row r="45" spans="1:25" s="23" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A45" s="165" t="s">
+      <c r="A45" s="167" t="s">
         <v>3</v>
       </c>
-      <c r="B45" s="165" t="s">
+      <c r="B45" s="167" t="s">
         <v>4</v>
       </c>
-      <c r="C45" s="165" t="s">
+      <c r="C45" s="167" t="s">
         <v>5</v>
       </c>
-      <c r="D45" s="165" t="s">
+      <c r="D45" s="167" t="s">
         <v>31</v>
       </c>
-      <c r="E45" s="165" t="s">
+      <c r="E45" s="167" t="s">
         <v>19</v>
       </c>
-      <c r="F45" s="165" t="s">
+      <c r="F45" s="167" t="s">
         <v>32</v>
       </c>
-      <c r="G45" s="165" t="s">
+      <c r="G45" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="H45" s="165" t="s">
+      <c r="H45" s="167" t="s">
         <v>36</v>
       </c>
-      <c r="I45" s="171" t="s">
+      <c r="I45" s="173" t="s">
         <v>35</v>
       </c>
-      <c r="J45" s="165" t="s">
+      <c r="J45" s="167" t="s">
         <v>37</v>
       </c>
       <c r="K45" s="31" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="31" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="31" t="s">
         <v>25</v>
       </c>
       <c r="N45" s="31" t="s">
         <v>26</v>
       </c>
       <c r="O45" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="P45" s="165" t="s">
+      <c r="P45" s="167" t="s">
         <v>28</v>
       </c>
-      <c r="Q45" s="165" t="s">
+      <c r="Q45" s="167" t="s">
         <v>21</v>
       </c>
-      <c r="R45" s="165" t="s">
+      <c r="R45" s="167" t="s">
         <v>38</v>
       </c>
-      <c r="S45" s="165" t="s">
+      <c r="S45" s="167" t="s">
         <v>22</v>
       </c>
-      <c r="T45" s="159" t="s">
+      <c r="T45" s="161" t="s">
         <v>8</v>
       </c>
-      <c r="U45" s="159" t="s">
+      <c r="U45" s="161" t="s">
         <v>17</v>
       </c>
-      <c r="V45" s="159" t="s">
+      <c r="V45" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="W45" s="159" t="s">
+      <c r="W45" s="161" t="s">
         <v>30</v>
       </c>
-      <c r="X45" s="159" t="s">
+      <c r="X45" s="161" t="s">
         <v>18</v>
       </c>
-      <c r="Y45" s="159" t="s">
+      <c r="Y45" s="161" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:25" s="23" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="181"/>
-[...9 lines deleted...]
-      <c r="K46" s="174" t="s">
+      <c r="A46" s="187"/>
+      <c r="B46" s="187"/>
+      <c r="C46" s="187"/>
+      <c r="D46" s="187"/>
+      <c r="E46" s="187"/>
+      <c r="F46" s="187"/>
+      <c r="G46" s="187"/>
+      <c r="H46" s="187"/>
+      <c r="I46" s="174"/>
+      <c r="J46" s="187"/>
+      <c r="K46" s="176" t="s">
         <v>39</v>
       </c>
-      <c r="L46" s="175"/>
-[...12 lines deleted...]
-      <c r="Y46" s="160"/>
+      <c r="L46" s="177"/>
+      <c r="M46" s="177"/>
+      <c r="N46" s="177"/>
+      <c r="O46" s="178"/>
+      <c r="P46" s="187"/>
+      <c r="Q46" s="187"/>
+      <c r="R46" s="168"/>
+      <c r="S46" s="187"/>
+      <c r="T46" s="162"/>
+      <c r="U46" s="162"/>
+      <c r="V46" s="162"/>
+      <c r="W46" s="162"/>
+      <c r="X46" s="162"/>
+      <c r="Y46" s="162"/>
     </row>
     <row r="47" spans="1:25" s="23" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="182"/>
-[...9 lines deleted...]
-      <c r="K47" s="239" t="s">
+      <c r="A47" s="188"/>
+      <c r="B47" s="188"/>
+      <c r="C47" s="188"/>
+      <c r="D47" s="188"/>
+      <c r="E47" s="188"/>
+      <c r="F47" s="188"/>
+      <c r="G47" s="188"/>
+      <c r="H47" s="188"/>
+      <c r="I47" s="189"/>
+      <c r="J47" s="188"/>
+      <c r="K47" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="L47" s="239" t="s">
+      <c r="L47" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="M47" s="239" t="s">
+      <c r="M47" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="N47" s="239" t="s">
+      <c r="N47" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="O47" s="239" t="s">
+      <c r="O47" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="P47" s="182"/>
-[...8 lines deleted...]
-      <c r="Y47" s="185"/>
+      <c r="P47" s="188"/>
+      <c r="Q47" s="188"/>
+      <c r="R47" s="190"/>
+      <c r="S47" s="188"/>
+      <c r="T47" s="191"/>
+      <c r="U47" s="191"/>
+      <c r="V47" s="191"/>
+      <c r="W47" s="191"/>
+      <c r="X47" s="191"/>
+      <c r="Y47" s="191"/>
     </row>
     <row r="48" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="11"/>
       <c r="B48" s="12"/>
       <c r="C48" s="12"/>
       <c r="D48" s="11"/>
       <c r="E48" s="12"/>
       <c r="F48" s="12"/>
       <c r="G48" s="11"/>
-      <c r="H48" s="144"/>
-[...1 lines deleted...]
-      <c r="J48" s="145">
+      <c r="H48" s="146"/>
+      <c r="I48" s="146"/>
+      <c r="J48" s="147">
         <f>SUM(H48:I48)</f>
         <v>0</v>
       </c>
-      <c r="K48" s="144"/>
-[...4 lines deleted...]
-      <c r="P48" s="147">
+      <c r="K48" s="146"/>
+      <c r="L48" s="148"/>
+      <c r="M48" s="148"/>
+      <c r="N48" s="148"/>
+      <c r="O48" s="148"/>
+      <c r="P48" s="149">
         <f>SUM(K48:O48)</f>
         <v>0</v>
       </c>
-      <c r="Q48" s="147">
+      <c r="Q48" s="149">
         <f>H48*P48</f>
         <v>0</v>
       </c>
-      <c r="R48" s="147">
+      <c r="R48" s="149">
         <f>I48*P48</f>
         <v>0</v>
       </c>
-      <c r="S48" s="148">
+      <c r="S48" s="150">
         <f>SUM(Q48:R48)</f>
         <v>0</v>
       </c>
       <c r="T48" s="46"/>
       <c r="U48" s="47"/>
       <c r="V48" s="47"/>
       <c r="W48" s="47"/>
       <c r="X48" s="47"/>
       <c r="Y48" s="47"/>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A49" s="4"/>
       <c r="B49" s="5"/>
       <c r="C49" s="5"/>
       <c r="D49" s="4"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="4"/>
-      <c r="H49" s="139"/>
-[...1 lines deleted...]
-      <c r="J49" s="140">
+      <c r="H49" s="141"/>
+      <c r="I49" s="141"/>
+      <c r="J49" s="142">
         <f t="shared" ref="J49:J112" si="6">SUM(H49:I49)</f>
         <v>0</v>
       </c>
-      <c r="K49" s="139"/>
-[...4 lines deleted...]
-      <c r="P49" s="142">
+      <c r="K49" s="141"/>
+      <c r="L49" s="143"/>
+      <c r="M49" s="143"/>
+      <c r="N49" s="143"/>
+      <c r="O49" s="143"/>
+      <c r="P49" s="144">
         <f t="shared" ref="P49:P112" si="7">SUM(K49:O49)</f>
         <v>0</v>
       </c>
-      <c r="Q49" s="142">
+      <c r="Q49" s="144">
         <f t="shared" ref="Q49:Q112" si="8">H49*P49</f>
         <v>0</v>
       </c>
-      <c r="R49" s="142">
+      <c r="R49" s="144">
         <f t="shared" ref="R49:R112" si="9">I49*P49</f>
         <v>0</v>
       </c>
-      <c r="S49" s="143">
+      <c r="S49" s="145">
         <f t="shared" ref="S49:S112" si="10">SUM(Q49:R49)</f>
         <v>0</v>
       </c>
       <c r="T49" s="48"/>
       <c r="U49" s="49"/>
       <c r="V49" s="49"/>
       <c r="W49" s="49"/>
       <c r="X49" s="49"/>
       <c r="Y49" s="49"/>
     </row>
     <row r="50" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="11"/>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="11"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="11"/>
-      <c r="H50" s="144"/>
-[...1 lines deleted...]
-      <c r="J50" s="145">
+      <c r="H50" s="146"/>
+      <c r="I50" s="146"/>
+      <c r="J50" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K50" s="144"/>
-[...4 lines deleted...]
-      <c r="P50" s="147">
+      <c r="K50" s="146"/>
+      <c r="L50" s="148"/>
+      <c r="M50" s="148"/>
+      <c r="N50" s="148"/>
+      <c r="O50" s="148"/>
+      <c r="P50" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q50" s="147">
+      <c r="Q50" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R50" s="147">
+      <c r="R50" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S50" s="148">
+      <c r="S50" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T50" s="50"/>
       <c r="U50" s="51"/>
       <c r="V50" s="51"/>
       <c r="W50" s="51"/>
       <c r="X50" s="51"/>
       <c r="Y50" s="51"/>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A51" s="4"/>
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="4"/>
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="G51" s="4"/>
-      <c r="H51" s="139"/>
-[...1 lines deleted...]
-      <c r="J51" s="140">
+      <c r="H51" s="141"/>
+      <c r="I51" s="141"/>
+      <c r="J51" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K51" s="139"/>
-[...4 lines deleted...]
-      <c r="P51" s="142">
+      <c r="K51" s="141"/>
+      <c r="L51" s="143"/>
+      <c r="M51" s="143"/>
+      <c r="N51" s="143"/>
+      <c r="O51" s="143"/>
+      <c r="P51" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q51" s="142">
+      <c r="Q51" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R51" s="142">
+      <c r="R51" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S51" s="143">
+      <c r="S51" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T51" s="48"/>
       <c r="U51" s="49"/>
       <c r="V51" s="49"/>
       <c r="W51" s="49"/>
       <c r="X51" s="49"/>
       <c r="Y51" s="49"/>
     </row>
     <row r="52" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="11"/>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="11"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="11"/>
-      <c r="H52" s="144"/>
-[...1 lines deleted...]
-      <c r="J52" s="145">
+      <c r="H52" s="146"/>
+      <c r="I52" s="146"/>
+      <c r="J52" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K52" s="144"/>
-[...4 lines deleted...]
-      <c r="P52" s="147">
+      <c r="K52" s="146"/>
+      <c r="L52" s="148"/>
+      <c r="M52" s="148"/>
+      <c r="N52" s="148"/>
+      <c r="O52" s="148"/>
+      <c r="P52" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q52" s="147">
+      <c r="Q52" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R52" s="147">
+      <c r="R52" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S52" s="148">
+      <c r="S52" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T52" s="50"/>
       <c r="U52" s="51"/>
       <c r="V52" s="51"/>
       <c r="W52" s="51"/>
       <c r="X52" s="51"/>
       <c r="Y52" s="51"/>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A53" s="4"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="4"/>
       <c r="E53" s="5"/>
       <c r="F53" s="5"/>
       <c r="G53" s="4"/>
-      <c r="H53" s="139"/>
-[...1 lines deleted...]
-      <c r="J53" s="140">
+      <c r="H53" s="141"/>
+      <c r="I53" s="141"/>
+      <c r="J53" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K53" s="139"/>
-[...4 lines deleted...]
-      <c r="P53" s="142">
+      <c r="K53" s="141"/>
+      <c r="L53" s="143"/>
+      <c r="M53" s="143"/>
+      <c r="N53" s="143"/>
+      <c r="O53" s="143"/>
+      <c r="P53" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q53" s="142">
+      <c r="Q53" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R53" s="142">
+      <c r="R53" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S53" s="143">
+      <c r="S53" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T53" s="48"/>
       <c r="U53" s="49"/>
       <c r="V53" s="49"/>
       <c r="W53" s="49"/>
       <c r="X53" s="49"/>
       <c r="Y53" s="49"/>
     </row>
     <row r="54" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="11"/>
       <c r="B54" s="12"/>
       <c r="C54" s="12"/>
       <c r="D54" s="11"/>
       <c r="E54" s="12"/>
       <c r="F54" s="12"/>
       <c r="G54" s="11"/>
-      <c r="H54" s="144"/>
-[...1 lines deleted...]
-      <c r="J54" s="145">
+      <c r="H54" s="146"/>
+      <c r="I54" s="146"/>
+      <c r="J54" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K54" s="144"/>
-[...4 lines deleted...]
-      <c r="P54" s="147">
+      <c r="K54" s="146"/>
+      <c r="L54" s="148"/>
+      <c r="M54" s="148"/>
+      <c r="N54" s="148"/>
+      <c r="O54" s="148"/>
+      <c r="P54" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q54" s="147">
+      <c r="Q54" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R54" s="147">
+      <c r="R54" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S54" s="148">
+      <c r="S54" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T54" s="50"/>
       <c r="U54" s="51"/>
       <c r="V54" s="51"/>
       <c r="W54" s="51"/>
       <c r="X54" s="51"/>
       <c r="Y54" s="51"/>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A55" s="4"/>
       <c r="B55" s="5"/>
       <c r="C55" s="5"/>
       <c r="D55" s="4"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="4"/>
-      <c r="H55" s="139"/>
-[...1 lines deleted...]
-      <c r="J55" s="140">
+      <c r="H55" s="141"/>
+      <c r="I55" s="141"/>
+      <c r="J55" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K55" s="139"/>
-[...4 lines deleted...]
-      <c r="P55" s="142">
+      <c r="K55" s="141"/>
+      <c r="L55" s="143"/>
+      <c r="M55" s="143"/>
+      <c r="N55" s="143"/>
+      <c r="O55" s="143"/>
+      <c r="P55" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q55" s="142">
+      <c r="Q55" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R55" s="142">
+      <c r="R55" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S55" s="143">
+      <c r="S55" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T55" s="48"/>
       <c r="U55" s="49"/>
       <c r="V55" s="49"/>
       <c r="W55" s="49"/>
       <c r="X55" s="49"/>
       <c r="Y55" s="49"/>
     </row>
     <row r="56" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="11"/>
       <c r="B56" s="12"/>
       <c r="C56" s="12"/>
       <c r="D56" s="11"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="11"/>
-      <c r="H56" s="144"/>
-[...1 lines deleted...]
-      <c r="J56" s="145">
+      <c r="H56" s="146"/>
+      <c r="I56" s="146"/>
+      <c r="J56" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K56" s="144"/>
-[...4 lines deleted...]
-      <c r="P56" s="147">
+      <c r="K56" s="146"/>
+      <c r="L56" s="148"/>
+      <c r="M56" s="148"/>
+      <c r="N56" s="148"/>
+      <c r="O56" s="148"/>
+      <c r="P56" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q56" s="147">
+      <c r="Q56" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R56" s="147">
+      <c r="R56" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S56" s="148">
+      <c r="S56" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T56" s="50"/>
       <c r="U56" s="51"/>
       <c r="V56" s="51"/>
       <c r="W56" s="51"/>
       <c r="X56" s="51"/>
       <c r="Y56" s="51"/>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A57" s="4"/>
       <c r="B57" s="5"/>
       <c r="C57" s="5"/>
       <c r="D57" s="4"/>
       <c r="E57" s="5"/>
       <c r="F57" s="5"/>
       <c r="G57" s="4"/>
-      <c r="H57" s="139"/>
-[...1 lines deleted...]
-      <c r="J57" s="140">
+      <c r="H57" s="141"/>
+      <c r="I57" s="141"/>
+      <c r="J57" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K57" s="139"/>
-[...4 lines deleted...]
-      <c r="P57" s="142">
+      <c r="K57" s="141"/>
+      <c r="L57" s="143"/>
+      <c r="M57" s="143"/>
+      <c r="N57" s="143"/>
+      <c r="O57" s="143"/>
+      <c r="P57" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q57" s="142">
+      <c r="Q57" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R57" s="142">
+      <c r="R57" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S57" s="143">
+      <c r="S57" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T57" s="48"/>
       <c r="U57" s="49"/>
       <c r="V57" s="49"/>
       <c r="W57" s="49"/>
       <c r="X57" s="49"/>
       <c r="Y57" s="49"/>
     </row>
     <row r="58" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="11"/>
       <c r="B58" s="12"/>
       <c r="C58" s="12"/>
       <c r="D58" s="11"/>
       <c r="E58" s="12"/>
       <c r="F58" s="12"/>
       <c r="G58" s="11"/>
-      <c r="H58" s="144"/>
-[...1 lines deleted...]
-      <c r="J58" s="145">
+      <c r="H58" s="146"/>
+      <c r="I58" s="146"/>
+      <c r="J58" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K58" s="144"/>
-[...4 lines deleted...]
-      <c r="P58" s="147">
+      <c r="K58" s="146"/>
+      <c r="L58" s="148"/>
+      <c r="M58" s="148"/>
+      <c r="N58" s="148"/>
+      <c r="O58" s="148"/>
+      <c r="P58" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q58" s="147">
+      <c r="Q58" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R58" s="147">
+      <c r="R58" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S58" s="148">
+      <c r="S58" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T58" s="50"/>
       <c r="U58" s="51"/>
       <c r="V58" s="51"/>
       <c r="W58" s="51"/>
       <c r="X58" s="51"/>
       <c r="Y58" s="51"/>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A59" s="4"/>
       <c r="B59" s="5"/>
       <c r="C59" s="5"/>
       <c r="D59" s="4"/>
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
       <c r="G59" s="4"/>
-      <c r="H59" s="139"/>
-[...1 lines deleted...]
-      <c r="J59" s="140">
+      <c r="H59" s="141"/>
+      <c r="I59" s="141"/>
+      <c r="J59" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K59" s="139"/>
-[...4 lines deleted...]
-      <c r="P59" s="142">
+      <c r="K59" s="141"/>
+      <c r="L59" s="143"/>
+      <c r="M59" s="143"/>
+      <c r="N59" s="143"/>
+      <c r="O59" s="143"/>
+      <c r="P59" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q59" s="142">
+      <c r="Q59" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R59" s="142">
+      <c r="R59" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S59" s="143">
+      <c r="S59" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T59" s="48"/>
       <c r="U59" s="49"/>
       <c r="V59" s="49"/>
       <c r="W59" s="49"/>
       <c r="X59" s="49"/>
       <c r="Y59" s="49"/>
     </row>
     <row r="60" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="11"/>
       <c r="B60" s="12"/>
       <c r="C60" s="12"/>
       <c r="D60" s="11"/>
       <c r="E60" s="12"/>
       <c r="F60" s="12"/>
       <c r="G60" s="11"/>
-      <c r="H60" s="144"/>
-[...1 lines deleted...]
-      <c r="J60" s="145">
+      <c r="H60" s="146"/>
+      <c r="I60" s="146"/>
+      <c r="J60" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K60" s="144"/>
-[...4 lines deleted...]
-      <c r="P60" s="147">
+      <c r="K60" s="146"/>
+      <c r="L60" s="148"/>
+      <c r="M60" s="148"/>
+      <c r="N60" s="148"/>
+      <c r="O60" s="148"/>
+      <c r="P60" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q60" s="147">
+      <c r="Q60" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R60" s="147">
+      <c r="R60" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S60" s="148">
+      <c r="S60" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T60" s="50"/>
       <c r="U60" s="51"/>
       <c r="V60" s="51"/>
       <c r="W60" s="51"/>
       <c r="X60" s="51"/>
       <c r="Y60" s="51"/>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A61" s="4"/>
       <c r="B61" s="5"/>
       <c r="C61" s="5"/>
       <c r="D61" s="4"/>
       <c r="E61" s="5"/>
       <c r="F61" s="5"/>
       <c r="G61" s="4"/>
-      <c r="H61" s="139"/>
-[...1 lines deleted...]
-      <c r="J61" s="140">
+      <c r="H61" s="141"/>
+      <c r="I61" s="141"/>
+      <c r="J61" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K61" s="139"/>
-[...4 lines deleted...]
-      <c r="P61" s="142">
+      <c r="K61" s="141"/>
+      <c r="L61" s="143"/>
+      <c r="M61" s="143"/>
+      <c r="N61" s="143"/>
+      <c r="O61" s="143"/>
+      <c r="P61" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q61" s="142">
+      <c r="Q61" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R61" s="142">
+      <c r="R61" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S61" s="143">
+      <c r="S61" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T61" s="48"/>
       <c r="U61" s="49"/>
       <c r="V61" s="49"/>
       <c r="W61" s="49"/>
       <c r="X61" s="49"/>
       <c r="Y61" s="49"/>
     </row>
     <row r="62" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="11"/>
       <c r="B62" s="12"/>
       <c r="C62" s="12"/>
       <c r="D62" s="11"/>
       <c r="E62" s="12"/>
       <c r="F62" s="12"/>
       <c r="G62" s="11"/>
-      <c r="H62" s="144"/>
-[...1 lines deleted...]
-      <c r="J62" s="145">
+      <c r="H62" s="146"/>
+      <c r="I62" s="146"/>
+      <c r="J62" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K62" s="144"/>
-[...4 lines deleted...]
-      <c r="P62" s="147">
+      <c r="K62" s="146"/>
+      <c r="L62" s="148"/>
+      <c r="M62" s="148"/>
+      <c r="N62" s="148"/>
+      <c r="O62" s="148"/>
+      <c r="P62" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q62" s="147">
+      <c r="Q62" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R62" s="147">
+      <c r="R62" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S62" s="148">
+      <c r="S62" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T62" s="50"/>
       <c r="U62" s="51"/>
       <c r="V62" s="51"/>
       <c r="W62" s="51"/>
       <c r="X62" s="51"/>
       <c r="Y62" s="51"/>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A63" s="4"/>
       <c r="B63" s="5"/>
       <c r="C63" s="5"/>
       <c r="D63" s="4"/>
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
       <c r="G63" s="4"/>
-      <c r="H63" s="139"/>
-[...1 lines deleted...]
-      <c r="J63" s="140">
+      <c r="H63" s="141"/>
+      <c r="I63" s="141"/>
+      <c r="J63" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K63" s="139"/>
-[...4 lines deleted...]
-      <c r="P63" s="142">
+      <c r="K63" s="141"/>
+      <c r="L63" s="143"/>
+      <c r="M63" s="143"/>
+      <c r="N63" s="143"/>
+      <c r="O63" s="143"/>
+      <c r="P63" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q63" s="142">
+      <c r="Q63" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R63" s="142">
+      <c r="R63" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S63" s="143">
+      <c r="S63" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T63" s="48"/>
       <c r="U63" s="49"/>
       <c r="V63" s="49"/>
       <c r="W63" s="49"/>
       <c r="X63" s="49"/>
       <c r="Y63" s="49"/>
     </row>
     <row r="64" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="11"/>
       <c r="B64" s="12"/>
       <c r="C64" s="12"/>
       <c r="D64" s="11"/>
       <c r="E64" s="12"/>
       <c r="F64" s="12"/>
       <c r="G64" s="11"/>
-      <c r="H64" s="144"/>
-[...1 lines deleted...]
-      <c r="J64" s="145">
+      <c r="H64" s="146"/>
+      <c r="I64" s="146"/>
+      <c r="J64" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K64" s="144"/>
-[...4 lines deleted...]
-      <c r="P64" s="147">
+      <c r="K64" s="146"/>
+      <c r="L64" s="148"/>
+      <c r="M64" s="148"/>
+      <c r="N64" s="148"/>
+      <c r="O64" s="148"/>
+      <c r="P64" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q64" s="147">
+      <c r="Q64" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R64" s="147">
+      <c r="R64" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S64" s="148">
+      <c r="S64" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T64" s="50"/>
       <c r="U64" s="51"/>
       <c r="V64" s="51"/>
       <c r="W64" s="51"/>
       <c r="X64" s="51"/>
       <c r="Y64" s="51"/>
     </row>
     <row r="65" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A65" s="4"/>
       <c r="B65" s="5"/>
       <c r="C65" s="5"/>
       <c r="D65" s="4"/>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
       <c r="G65" s="4"/>
-      <c r="H65" s="139"/>
-[...1 lines deleted...]
-      <c r="J65" s="140">
+      <c r="H65" s="141"/>
+      <c r="I65" s="141"/>
+      <c r="J65" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K65" s="139"/>
-[...4 lines deleted...]
-      <c r="P65" s="142">
+      <c r="K65" s="141"/>
+      <c r="L65" s="143"/>
+      <c r="M65" s="143"/>
+      <c r="N65" s="143"/>
+      <c r="O65" s="143"/>
+      <c r="P65" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q65" s="142">
+      <c r="Q65" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R65" s="142">
+      <c r="R65" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S65" s="143">
+      <c r="S65" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T65" s="48"/>
       <c r="U65" s="49"/>
       <c r="V65" s="49"/>
       <c r="W65" s="49"/>
       <c r="X65" s="49"/>
       <c r="Y65" s="49"/>
     </row>
     <row r="66" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="11"/>
       <c r="B66" s="12"/>
       <c r="C66" s="12"/>
       <c r="D66" s="11"/>
       <c r="E66" s="12"/>
       <c r="F66" s="12"/>
       <c r="G66" s="11"/>
-      <c r="H66" s="144"/>
-[...1 lines deleted...]
-      <c r="J66" s="145">
+      <c r="H66" s="146"/>
+      <c r="I66" s="146"/>
+      <c r="J66" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K66" s="144"/>
-[...4 lines deleted...]
-      <c r="P66" s="147">
+      <c r="K66" s="146"/>
+      <c r="L66" s="148"/>
+      <c r="M66" s="148"/>
+      <c r="N66" s="148"/>
+      <c r="O66" s="148"/>
+      <c r="P66" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q66" s="147">
+      <c r="Q66" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R66" s="147">
+      <c r="R66" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S66" s="148">
+      <c r="S66" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T66" s="50"/>
       <c r="U66" s="51"/>
       <c r="V66" s="51"/>
       <c r="W66" s="51"/>
       <c r="X66" s="51"/>
       <c r="Y66" s="51"/>
     </row>
     <row r="67" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A67" s="4"/>
       <c r="B67" s="5"/>
       <c r="C67" s="5"/>
       <c r="D67" s="4"/>
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
       <c r="G67" s="4"/>
-      <c r="H67" s="139"/>
-[...1 lines deleted...]
-      <c r="J67" s="140">
+      <c r="H67" s="141"/>
+      <c r="I67" s="141"/>
+      <c r="J67" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K67" s="139"/>
-[...4 lines deleted...]
-      <c r="P67" s="142">
+      <c r="K67" s="141"/>
+      <c r="L67" s="143"/>
+      <c r="M67" s="143"/>
+      <c r="N67" s="143"/>
+      <c r="O67" s="143"/>
+      <c r="P67" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q67" s="142">
+      <c r="Q67" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R67" s="142">
+      <c r="R67" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S67" s="143">
+      <c r="S67" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T67" s="48"/>
       <c r="U67" s="49"/>
       <c r="V67" s="49"/>
       <c r="W67" s="49"/>
       <c r="X67" s="49"/>
       <c r="Y67" s="49"/>
     </row>
     <row r="68" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="11"/>
       <c r="B68" s="12"/>
       <c r="C68" s="12"/>
       <c r="D68" s="11"/>
       <c r="E68" s="12"/>
       <c r="F68" s="12"/>
       <c r="G68" s="11"/>
-      <c r="H68" s="144"/>
-[...1 lines deleted...]
-      <c r="J68" s="145">
+      <c r="H68" s="146"/>
+      <c r="I68" s="146"/>
+      <c r="J68" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K68" s="144"/>
-[...4 lines deleted...]
-      <c r="P68" s="147">
+      <c r="K68" s="146"/>
+      <c r="L68" s="148"/>
+      <c r="M68" s="148"/>
+      <c r="N68" s="148"/>
+      <c r="O68" s="148"/>
+      <c r="P68" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q68" s="147">
+      <c r="Q68" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R68" s="147">
+      <c r="R68" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S68" s="148">
+      <c r="S68" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T68" s="50"/>
       <c r="U68" s="51"/>
       <c r="V68" s="51"/>
       <c r="W68" s="51"/>
       <c r="X68" s="51"/>
       <c r="Y68" s="51"/>
     </row>
     <row r="69" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A69" s="4"/>
       <c r="B69" s="5"/>
       <c r="C69" s="5"/>
       <c r="D69" s="4"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
       <c r="G69" s="4"/>
-      <c r="H69" s="139"/>
-[...1 lines deleted...]
-      <c r="J69" s="140">
+      <c r="H69" s="141"/>
+      <c r="I69" s="141"/>
+      <c r="J69" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K69" s="139"/>
-[...4 lines deleted...]
-      <c r="P69" s="142">
+      <c r="K69" s="141"/>
+      <c r="L69" s="143"/>
+      <c r="M69" s="143"/>
+      <c r="N69" s="143"/>
+      <c r="O69" s="143"/>
+      <c r="P69" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q69" s="142">
+      <c r="Q69" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R69" s="142">
+      <c r="R69" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S69" s="143">
+      <c r="S69" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T69" s="48"/>
       <c r="U69" s="49"/>
       <c r="V69" s="49"/>
       <c r="W69" s="49"/>
       <c r="X69" s="49"/>
       <c r="Y69" s="49"/>
     </row>
     <row r="70" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="11"/>
       <c r="B70" s="12"/>
       <c r="C70" s="12"/>
       <c r="D70" s="11"/>
       <c r="E70" s="12"/>
       <c r="F70" s="12"/>
       <c r="G70" s="11"/>
-      <c r="H70" s="144"/>
-[...1 lines deleted...]
-      <c r="J70" s="145">
+      <c r="H70" s="146"/>
+      <c r="I70" s="146"/>
+      <c r="J70" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K70" s="144"/>
-[...4 lines deleted...]
-      <c r="P70" s="147">
+      <c r="K70" s="146"/>
+      <c r="L70" s="148"/>
+      <c r="M70" s="148"/>
+      <c r="N70" s="148"/>
+      <c r="O70" s="148"/>
+      <c r="P70" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q70" s="147">
+      <c r="Q70" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R70" s="147">
+      <c r="R70" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S70" s="148">
+      <c r="S70" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T70" s="50"/>
       <c r="U70" s="51"/>
       <c r="V70" s="51"/>
       <c r="W70" s="51"/>
       <c r="X70" s="51"/>
       <c r="Y70" s="51"/>
     </row>
     <row r="71" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A71" s="4"/>
       <c r="B71" s="5"/>
       <c r="C71" s="5"/>
       <c r="D71" s="4"/>
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
       <c r="G71" s="4"/>
-      <c r="H71" s="139"/>
-[...1 lines deleted...]
-      <c r="J71" s="140">
+      <c r="H71" s="141"/>
+      <c r="I71" s="141"/>
+      <c r="J71" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K71" s="139"/>
-[...4 lines deleted...]
-      <c r="P71" s="142">
+      <c r="K71" s="141"/>
+      <c r="L71" s="143"/>
+      <c r="M71" s="143"/>
+      <c r="N71" s="143"/>
+      <c r="O71" s="143"/>
+      <c r="P71" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q71" s="142">
+      <c r="Q71" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R71" s="142">
+      <c r="R71" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S71" s="143">
+      <c r="S71" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T71" s="48"/>
       <c r="U71" s="49"/>
       <c r="V71" s="49"/>
       <c r="W71" s="49"/>
       <c r="X71" s="49"/>
       <c r="Y71" s="49"/>
     </row>
     <row r="72" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="11"/>
       <c r="B72" s="12"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
       <c r="E72" s="12"/>
       <c r="F72" s="12"/>
       <c r="G72" s="11"/>
-      <c r="H72" s="144"/>
-[...1 lines deleted...]
-      <c r="J72" s="145">
+      <c r="H72" s="146"/>
+      <c r="I72" s="146"/>
+      <c r="J72" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K72" s="144"/>
-[...4 lines deleted...]
-      <c r="P72" s="147">
+      <c r="K72" s="146"/>
+      <c r="L72" s="148"/>
+      <c r="M72" s="148"/>
+      <c r="N72" s="148"/>
+      <c r="O72" s="148"/>
+      <c r="P72" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q72" s="147">
+      <c r="Q72" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R72" s="147">
+      <c r="R72" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S72" s="148">
+      <c r="S72" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T72" s="50"/>
       <c r="U72" s="51"/>
       <c r="V72" s="51"/>
       <c r="W72" s="51"/>
       <c r="X72" s="51"/>
       <c r="Y72" s="51"/>
     </row>
     <row r="73" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A73" s="4"/>
       <c r="B73" s="5"/>
       <c r="C73" s="5"/>
       <c r="D73" s="4"/>
       <c r="E73" s="5"/>
       <c r="F73" s="5"/>
       <c r="G73" s="4"/>
-      <c r="H73" s="139"/>
-[...1 lines deleted...]
-      <c r="J73" s="140">
+      <c r="H73" s="141"/>
+      <c r="I73" s="141"/>
+      <c r="J73" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K73" s="139"/>
-[...4 lines deleted...]
-      <c r="P73" s="142">
+      <c r="K73" s="141"/>
+      <c r="L73" s="143"/>
+      <c r="M73" s="143"/>
+      <c r="N73" s="143"/>
+      <c r="O73" s="143"/>
+      <c r="P73" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q73" s="142">
+      <c r="Q73" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R73" s="142">
+      <c r="R73" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S73" s="143">
+      <c r="S73" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T73" s="48"/>
       <c r="U73" s="49"/>
       <c r="V73" s="49"/>
       <c r="W73" s="49"/>
       <c r="X73" s="49"/>
       <c r="Y73" s="49"/>
     </row>
     <row r="74" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="11"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12"/>
       <c r="D74" s="11"/>
       <c r="E74" s="12"/>
       <c r="F74" s="12"/>
       <c r="G74" s="11"/>
-      <c r="H74" s="144"/>
-[...1 lines deleted...]
-      <c r="J74" s="145">
+      <c r="H74" s="146"/>
+      <c r="I74" s="146"/>
+      <c r="J74" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K74" s="144"/>
-[...4 lines deleted...]
-      <c r="P74" s="147">
+      <c r="K74" s="146"/>
+      <c r="L74" s="148"/>
+      <c r="M74" s="148"/>
+      <c r="N74" s="148"/>
+      <c r="O74" s="148"/>
+      <c r="P74" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q74" s="147">
+      <c r="Q74" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R74" s="147">
+      <c r="R74" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S74" s="148">
+      <c r="S74" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T74" s="50"/>
       <c r="U74" s="51"/>
       <c r="V74" s="51"/>
       <c r="W74" s="51"/>
       <c r="X74" s="51"/>
       <c r="Y74" s="51"/>
     </row>
     <row r="75" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A75" s="4"/>
       <c r="B75" s="5"/>
       <c r="C75" s="5"/>
       <c r="D75" s="4"/>
       <c r="E75" s="5"/>
       <c r="F75" s="5"/>
       <c r="G75" s="4"/>
-      <c r="H75" s="139"/>
-[...1 lines deleted...]
-      <c r="J75" s="140">
+      <c r="H75" s="141"/>
+      <c r="I75" s="141"/>
+      <c r="J75" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K75" s="139"/>
-[...4 lines deleted...]
-      <c r="P75" s="142">
+      <c r="K75" s="141"/>
+      <c r="L75" s="143"/>
+      <c r="M75" s="143"/>
+      <c r="N75" s="143"/>
+      <c r="O75" s="143"/>
+      <c r="P75" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q75" s="142">
+      <c r="Q75" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R75" s="142">
+      <c r="R75" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S75" s="143">
+      <c r="S75" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T75" s="48"/>
       <c r="U75" s="49"/>
       <c r="V75" s="49"/>
       <c r="W75" s="49"/>
       <c r="X75" s="49"/>
       <c r="Y75" s="49"/>
     </row>
     <row r="76" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="11"/>
       <c r="B76" s="12"/>
       <c r="C76" s="12"/>
       <c r="D76" s="11"/>
       <c r="E76" s="12"/>
       <c r="F76" s="12"/>
       <c r="G76" s="11"/>
-      <c r="H76" s="144"/>
-[...1 lines deleted...]
-      <c r="J76" s="145">
+      <c r="H76" s="146"/>
+      <c r="I76" s="146"/>
+      <c r="J76" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K76" s="144"/>
-[...4 lines deleted...]
-      <c r="P76" s="147">
+      <c r="K76" s="146"/>
+      <c r="L76" s="148"/>
+      <c r="M76" s="148"/>
+      <c r="N76" s="148"/>
+      <c r="O76" s="148"/>
+      <c r="P76" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q76" s="147">
+      <c r="Q76" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R76" s="147">
+      <c r="R76" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S76" s="148">
+      <c r="S76" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T76" s="50"/>
       <c r="U76" s="51"/>
       <c r="V76" s="51"/>
       <c r="W76" s="51"/>
       <c r="X76" s="51"/>
       <c r="Y76" s="51"/>
     </row>
     <row r="77" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A77" s="4"/>
       <c r="B77" s="5"/>
       <c r="C77" s="5"/>
       <c r="D77" s="4"/>
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
       <c r="G77" s="4"/>
-      <c r="H77" s="139"/>
-[...1 lines deleted...]
-      <c r="J77" s="140">
+      <c r="H77" s="141"/>
+      <c r="I77" s="141"/>
+      <c r="J77" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K77" s="139"/>
-[...4 lines deleted...]
-      <c r="P77" s="142">
+      <c r="K77" s="141"/>
+      <c r="L77" s="143"/>
+      <c r="M77" s="143"/>
+      <c r="N77" s="143"/>
+      <c r="O77" s="143"/>
+      <c r="P77" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q77" s="142">
+      <c r="Q77" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R77" s="142">
+      <c r="R77" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S77" s="143">
+      <c r="S77" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T77" s="48"/>
       <c r="U77" s="49"/>
       <c r="V77" s="49"/>
       <c r="W77" s="49"/>
       <c r="X77" s="49"/>
       <c r="Y77" s="49"/>
     </row>
     <row r="78" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="11"/>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="11"/>
-      <c r="H78" s="144"/>
-[...1 lines deleted...]
-      <c r="J78" s="145">
+      <c r="H78" s="146"/>
+      <c r="I78" s="146"/>
+      <c r="J78" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K78" s="144"/>
-[...4 lines deleted...]
-      <c r="P78" s="147">
+      <c r="K78" s="146"/>
+      <c r="L78" s="148"/>
+      <c r="M78" s="148"/>
+      <c r="N78" s="148"/>
+      <c r="O78" s="148"/>
+      <c r="P78" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q78" s="147">
+      <c r="Q78" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R78" s="147">
+      <c r="R78" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S78" s="148">
+      <c r="S78" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T78" s="50"/>
       <c r="U78" s="51"/>
       <c r="V78" s="51"/>
       <c r="W78" s="51"/>
       <c r="X78" s="51"/>
       <c r="Y78" s="51"/>
     </row>
     <row r="79" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A79" s="4"/>
       <c r="B79" s="5"/>
       <c r="C79" s="5"/>
       <c r="D79" s="4"/>
       <c r="E79" s="5"/>
       <c r="F79" s="5"/>
       <c r="G79" s="4"/>
-      <c r="H79" s="139"/>
-[...1 lines deleted...]
-      <c r="J79" s="140">
+      <c r="H79" s="141"/>
+      <c r="I79" s="141"/>
+      <c r="J79" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K79" s="139"/>
-[...4 lines deleted...]
-      <c r="P79" s="142">
+      <c r="K79" s="141"/>
+      <c r="L79" s="143"/>
+      <c r="M79" s="143"/>
+      <c r="N79" s="143"/>
+      <c r="O79" s="143"/>
+      <c r="P79" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q79" s="142">
+      <c r="Q79" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R79" s="142">
+      <c r="R79" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S79" s="143">
+      <c r="S79" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T79" s="48"/>
       <c r="U79" s="49"/>
       <c r="V79" s="49"/>
       <c r="W79" s="49"/>
       <c r="X79" s="49"/>
       <c r="Y79" s="49"/>
     </row>
     <row r="80" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="11"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="11"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="11"/>
-      <c r="H80" s="144"/>
-[...1 lines deleted...]
-      <c r="J80" s="145">
+      <c r="H80" s="146"/>
+      <c r="I80" s="146"/>
+      <c r="J80" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K80" s="144"/>
-[...4 lines deleted...]
-      <c r="P80" s="147">
+      <c r="K80" s="146"/>
+      <c r="L80" s="148"/>
+      <c r="M80" s="148"/>
+      <c r="N80" s="148"/>
+      <c r="O80" s="148"/>
+      <c r="P80" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q80" s="147">
+      <c r="Q80" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R80" s="147">
+      <c r="R80" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S80" s="148">
+      <c r="S80" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T80" s="50"/>
       <c r="U80" s="51"/>
       <c r="V80" s="51"/>
       <c r="W80" s="51"/>
       <c r="X80" s="51"/>
       <c r="Y80" s="51"/>
     </row>
     <row r="81" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A81" s="4"/>
       <c r="B81" s="5"/>
       <c r="C81" s="5"/>
       <c r="D81" s="4"/>
       <c r="E81" s="5"/>
       <c r="F81" s="5"/>
       <c r="G81" s="4"/>
-      <c r="H81" s="139"/>
-[...1 lines deleted...]
-      <c r="J81" s="140">
+      <c r="H81" s="141"/>
+      <c r="I81" s="141"/>
+      <c r="J81" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K81" s="139"/>
-[...4 lines deleted...]
-      <c r="P81" s="142">
+      <c r="K81" s="141"/>
+      <c r="L81" s="143"/>
+      <c r="M81" s="143"/>
+      <c r="N81" s="143"/>
+      <c r="O81" s="143"/>
+      <c r="P81" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q81" s="142">
+      <c r="Q81" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R81" s="142">
+      <c r="R81" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S81" s="143">
+      <c r="S81" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T81" s="48"/>
       <c r="U81" s="49"/>
       <c r="V81" s="49"/>
       <c r="W81" s="49"/>
       <c r="X81" s="49"/>
       <c r="Y81" s="49"/>
     </row>
     <row r="82" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="11"/>
       <c r="B82" s="12"/>
       <c r="C82" s="12"/>
       <c r="D82" s="11"/>
       <c r="E82" s="12"/>
       <c r="F82" s="12"/>
       <c r="G82" s="11"/>
-      <c r="H82" s="144"/>
-[...1 lines deleted...]
-      <c r="J82" s="145">
+      <c r="H82" s="146"/>
+      <c r="I82" s="146"/>
+      <c r="J82" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K82" s="144"/>
-[...4 lines deleted...]
-      <c r="P82" s="147">
+      <c r="K82" s="146"/>
+      <c r="L82" s="148"/>
+      <c r="M82" s="148"/>
+      <c r="N82" s="148"/>
+      <c r="O82" s="148"/>
+      <c r="P82" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q82" s="147">
+      <c r="Q82" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R82" s="147">
+      <c r="R82" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S82" s="148">
+      <c r="S82" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T82" s="50"/>
       <c r="U82" s="51"/>
       <c r="V82" s="51"/>
       <c r="W82" s="51"/>
       <c r="X82" s="51"/>
       <c r="Y82" s="51"/>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A83" s="4"/>
       <c r="B83" s="5"/>
       <c r="C83" s="5"/>
       <c r="D83" s="4"/>
       <c r="E83" s="5"/>
       <c r="F83" s="5"/>
       <c r="G83" s="4"/>
-      <c r="H83" s="139"/>
-[...1 lines deleted...]
-      <c r="J83" s="140">
+      <c r="H83" s="141"/>
+      <c r="I83" s="141"/>
+      <c r="J83" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K83" s="139"/>
-[...4 lines deleted...]
-      <c r="P83" s="142">
+      <c r="K83" s="141"/>
+      <c r="L83" s="143"/>
+      <c r="M83" s="143"/>
+      <c r="N83" s="143"/>
+      <c r="O83" s="143"/>
+      <c r="P83" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q83" s="142">
+      <c r="Q83" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R83" s="142">
+      <c r="R83" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S83" s="143">
+      <c r="S83" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T83" s="48"/>
       <c r="U83" s="49"/>
       <c r="V83" s="49"/>
       <c r="W83" s="49"/>
       <c r="X83" s="49"/>
       <c r="Y83" s="49"/>
     </row>
     <row r="84" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="11"/>
       <c r="B84" s="12"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="12"/>
       <c r="F84" s="12"/>
       <c r="G84" s="11"/>
-      <c r="H84" s="144"/>
-[...1 lines deleted...]
-      <c r="J84" s="145">
+      <c r="H84" s="146"/>
+      <c r="I84" s="146"/>
+      <c r="J84" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K84" s="144"/>
-[...4 lines deleted...]
-      <c r="P84" s="147">
+      <c r="K84" s="146"/>
+      <c r="L84" s="148"/>
+      <c r="M84" s="148"/>
+      <c r="N84" s="148"/>
+      <c r="O84" s="148"/>
+      <c r="P84" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q84" s="147">
+      <c r="Q84" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R84" s="147">
+      <c r="R84" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S84" s="148">
+      <c r="S84" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T84" s="50"/>
       <c r="U84" s="51"/>
       <c r="V84" s="51"/>
       <c r="W84" s="51"/>
       <c r="X84" s="51"/>
       <c r="Y84" s="51"/>
     </row>
     <row r="85" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A85" s="4"/>
       <c r="B85" s="5"/>
       <c r="C85" s="5"/>
       <c r="D85" s="4"/>
       <c r="E85" s="5"/>
       <c r="F85" s="5"/>
       <c r="G85" s="4"/>
-      <c r="H85" s="139"/>
-[...1 lines deleted...]
-      <c r="J85" s="140">
+      <c r="H85" s="141"/>
+      <c r="I85" s="141"/>
+      <c r="J85" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K85" s="139"/>
-[...4 lines deleted...]
-      <c r="P85" s="142">
+      <c r="K85" s="141"/>
+      <c r="L85" s="143"/>
+      <c r="M85" s="143"/>
+      <c r="N85" s="143"/>
+      <c r="O85" s="143"/>
+      <c r="P85" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q85" s="142">
+      <c r="Q85" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R85" s="142">
+      <c r="R85" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S85" s="143">
+      <c r="S85" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T85" s="48"/>
       <c r="U85" s="49"/>
       <c r="V85" s="49"/>
       <c r="W85" s="49"/>
       <c r="X85" s="49"/>
       <c r="Y85" s="49"/>
     </row>
     <row r="86" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="11"/>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="11"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="11"/>
-      <c r="H86" s="144"/>
-[...1 lines deleted...]
-      <c r="J86" s="145">
+      <c r="H86" s="146"/>
+      <c r="I86" s="146"/>
+      <c r="J86" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K86" s="144"/>
-[...4 lines deleted...]
-      <c r="P86" s="147">
+      <c r="K86" s="146"/>
+      <c r="L86" s="148"/>
+      <c r="M86" s="148"/>
+      <c r="N86" s="148"/>
+      <c r="O86" s="148"/>
+      <c r="P86" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q86" s="147">
+      <c r="Q86" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R86" s="147">
+      <c r="R86" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S86" s="148">
+      <c r="S86" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T86" s="50"/>
       <c r="U86" s="51"/>
       <c r="V86" s="51"/>
       <c r="W86" s="51"/>
       <c r="X86" s="51"/>
       <c r="Y86" s="51"/>
     </row>
     <row r="87" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
       <c r="C87" s="5"/>
       <c r="D87" s="4"/>
       <c r="E87" s="5"/>
       <c r="F87" s="5"/>
       <c r="G87" s="4"/>
-      <c r="H87" s="139"/>
-[...1 lines deleted...]
-      <c r="J87" s="140">
+      <c r="H87" s="141"/>
+      <c r="I87" s="141"/>
+      <c r="J87" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K87" s="139"/>
-[...4 lines deleted...]
-      <c r="P87" s="142">
+      <c r="K87" s="141"/>
+      <c r="L87" s="143"/>
+      <c r="M87" s="143"/>
+      <c r="N87" s="143"/>
+      <c r="O87" s="143"/>
+      <c r="P87" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q87" s="142">
+      <c r="Q87" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R87" s="142">
+      <c r="R87" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S87" s="143">
+      <c r="S87" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T87" s="48"/>
       <c r="U87" s="49"/>
       <c r="V87" s="49"/>
       <c r="W87" s="49"/>
       <c r="X87" s="49"/>
       <c r="Y87" s="49"/>
     </row>
     <row r="88" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="11"/>
       <c r="B88" s="12"/>
       <c r="C88" s="12"/>
       <c r="D88" s="11"/>
       <c r="E88" s="12"/>
       <c r="F88" s="12"/>
       <c r="G88" s="11"/>
-      <c r="H88" s="144"/>
-[...1 lines deleted...]
-      <c r="J88" s="145">
+      <c r="H88" s="146"/>
+      <c r="I88" s="146"/>
+      <c r="J88" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K88" s="144"/>
-[...4 lines deleted...]
-      <c r="P88" s="147">
+      <c r="K88" s="146"/>
+      <c r="L88" s="148"/>
+      <c r="M88" s="148"/>
+      <c r="N88" s="148"/>
+      <c r="O88" s="148"/>
+      <c r="P88" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q88" s="147">
+      <c r="Q88" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R88" s="147">
+      <c r="R88" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S88" s="148">
+      <c r="S88" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T88" s="50"/>
       <c r="U88" s="51"/>
       <c r="V88" s="51"/>
       <c r="W88" s="51"/>
       <c r="X88" s="51"/>
       <c r="Y88" s="51"/>
     </row>
     <row r="89" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A89" s="4"/>
       <c r="B89" s="5"/>
       <c r="C89" s="5"/>
       <c r="D89" s="4"/>
       <c r="E89" s="5"/>
       <c r="F89" s="5"/>
       <c r="G89" s="4"/>
-      <c r="H89" s="139"/>
-[...1 lines deleted...]
-      <c r="J89" s="140">
+      <c r="H89" s="141"/>
+      <c r="I89" s="141"/>
+      <c r="J89" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K89" s="139"/>
-[...4 lines deleted...]
-      <c r="P89" s="142">
+      <c r="K89" s="141"/>
+      <c r="L89" s="143"/>
+      <c r="M89" s="143"/>
+      <c r="N89" s="143"/>
+      <c r="O89" s="143"/>
+      <c r="P89" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q89" s="142">
+      <c r="Q89" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R89" s="142">
+      <c r="R89" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S89" s="143">
+      <c r="S89" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T89" s="48"/>
       <c r="U89" s="49"/>
       <c r="V89" s="49"/>
       <c r="W89" s="49"/>
       <c r="X89" s="49"/>
       <c r="Y89" s="49"/>
     </row>
     <row r="90" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="11"/>
       <c r="B90" s="12"/>
       <c r="C90" s="12"/>
       <c r="D90" s="11"/>
       <c r="E90" s="12"/>
       <c r="F90" s="12"/>
       <c r="G90" s="11"/>
-      <c r="H90" s="144"/>
-[...1 lines deleted...]
-      <c r="J90" s="145">
+      <c r="H90" s="146"/>
+      <c r="I90" s="146"/>
+      <c r="J90" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K90" s="144"/>
-[...4 lines deleted...]
-      <c r="P90" s="147">
+      <c r="K90" s="146"/>
+      <c r="L90" s="148"/>
+      <c r="M90" s="148"/>
+      <c r="N90" s="148"/>
+      <c r="O90" s="148"/>
+      <c r="P90" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q90" s="147">
+      <c r="Q90" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R90" s="147">
+      <c r="R90" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S90" s="148">
+      <c r="S90" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T90" s="50"/>
       <c r="U90" s="51"/>
       <c r="V90" s="51"/>
       <c r="W90" s="51"/>
       <c r="X90" s="51"/>
       <c r="Y90" s="51"/>
     </row>
     <row r="91" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A91" s="4"/>
       <c r="B91" s="5"/>
       <c r="C91" s="5"/>
       <c r="D91" s="4"/>
       <c r="E91" s="5"/>
       <c r="F91" s="5"/>
       <c r="G91" s="4"/>
-      <c r="H91" s="139"/>
-[...1 lines deleted...]
-      <c r="J91" s="140">
+      <c r="H91" s="141"/>
+      <c r="I91" s="141"/>
+      <c r="J91" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K91" s="139"/>
-[...4 lines deleted...]
-      <c r="P91" s="142">
+      <c r="K91" s="141"/>
+      <c r="L91" s="143"/>
+      <c r="M91" s="143"/>
+      <c r="N91" s="143"/>
+      <c r="O91" s="143"/>
+      <c r="P91" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q91" s="142">
+      <c r="Q91" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R91" s="142">
+      <c r="R91" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S91" s="143">
+      <c r="S91" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T91" s="48"/>
       <c r="U91" s="49"/>
       <c r="V91" s="49"/>
       <c r="W91" s="49"/>
       <c r="X91" s="49"/>
       <c r="Y91" s="49"/>
     </row>
     <row r="92" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="11"/>
       <c r="B92" s="12"/>
       <c r="C92" s="12"/>
       <c r="D92" s="11"/>
       <c r="E92" s="12"/>
       <c r="F92" s="12"/>
       <c r="G92" s="11"/>
-      <c r="H92" s="144"/>
-[...1 lines deleted...]
-      <c r="J92" s="145">
+      <c r="H92" s="146"/>
+      <c r="I92" s="146"/>
+      <c r="J92" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K92" s="144"/>
-[...4 lines deleted...]
-      <c r="P92" s="147">
+      <c r="K92" s="146"/>
+      <c r="L92" s="148"/>
+      <c r="M92" s="148"/>
+      <c r="N92" s="148"/>
+      <c r="O92" s="148"/>
+      <c r="P92" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q92" s="147">
+      <c r="Q92" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R92" s="147">
+      <c r="R92" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S92" s="148">
+      <c r="S92" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T92" s="50"/>
       <c r="U92" s="51"/>
       <c r="V92" s="51"/>
       <c r="W92" s="51"/>
       <c r="X92" s="51"/>
       <c r="Y92" s="51"/>
     </row>
     <row r="93" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A93" s="4"/>
       <c r="B93" s="5"/>
       <c r="C93" s="5"/>
       <c r="D93" s="4"/>
       <c r="E93" s="5"/>
       <c r="F93" s="5"/>
       <c r="G93" s="4"/>
-      <c r="H93" s="139"/>
-[...1 lines deleted...]
-      <c r="J93" s="140">
+      <c r="H93" s="141"/>
+      <c r="I93" s="141"/>
+      <c r="J93" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K93" s="139"/>
-[...4 lines deleted...]
-      <c r="P93" s="142">
+      <c r="K93" s="141"/>
+      <c r="L93" s="143"/>
+      <c r="M93" s="143"/>
+      <c r="N93" s="143"/>
+      <c r="O93" s="143"/>
+      <c r="P93" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q93" s="142">
+      <c r="Q93" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R93" s="142">
+      <c r="R93" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S93" s="143">
+      <c r="S93" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T93" s="48"/>
       <c r="U93" s="49"/>
       <c r="V93" s="49"/>
       <c r="W93" s="49"/>
       <c r="X93" s="49"/>
       <c r="Y93" s="49"/>
     </row>
     <row r="94" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="11"/>
       <c r="B94" s="12"/>
       <c r="C94" s="12"/>
       <c r="D94" s="11"/>
       <c r="E94" s="12"/>
       <c r="F94" s="12"/>
       <c r="G94" s="11"/>
-      <c r="H94" s="144"/>
-[...1 lines deleted...]
-      <c r="J94" s="145">
+      <c r="H94" s="146"/>
+      <c r="I94" s="146"/>
+      <c r="J94" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K94" s="144"/>
-[...4 lines deleted...]
-      <c r="P94" s="147">
+      <c r="K94" s="146"/>
+      <c r="L94" s="148"/>
+      <c r="M94" s="148"/>
+      <c r="N94" s="148"/>
+      <c r="O94" s="148"/>
+      <c r="P94" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q94" s="147">
+      <c r="Q94" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R94" s="147">
+      <c r="R94" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S94" s="148">
+      <c r="S94" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T94" s="50"/>
       <c r="U94" s="51"/>
       <c r="V94" s="51"/>
       <c r="W94" s="51"/>
       <c r="X94" s="51"/>
       <c r="Y94" s="51"/>
     </row>
     <row r="95" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A95" s="4"/>
       <c r="B95" s="5"/>
       <c r="C95" s="5"/>
       <c r="D95" s="4"/>
       <c r="E95" s="5"/>
       <c r="F95" s="5"/>
       <c r="G95" s="4"/>
-      <c r="H95" s="139"/>
-[...1 lines deleted...]
-      <c r="J95" s="140">
+      <c r="H95" s="141"/>
+      <c r="I95" s="141"/>
+      <c r="J95" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K95" s="139"/>
-[...4 lines deleted...]
-      <c r="P95" s="142">
+      <c r="K95" s="141"/>
+      <c r="L95" s="143"/>
+      <c r="M95" s="143"/>
+      <c r="N95" s="143"/>
+      <c r="O95" s="143"/>
+      <c r="P95" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q95" s="142">
+      <c r="Q95" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R95" s="142">
+      <c r="R95" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S95" s="143">
+      <c r="S95" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T95" s="48"/>
       <c r="U95" s="49"/>
       <c r="V95" s="49"/>
       <c r="W95" s="49"/>
       <c r="X95" s="49"/>
       <c r="Y95" s="49"/>
     </row>
     <row r="96" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="11"/>
       <c r="B96" s="12"/>
       <c r="C96" s="12"/>
       <c r="D96" s="11"/>
       <c r="E96" s="12"/>
       <c r="F96" s="12"/>
       <c r="G96" s="11"/>
-      <c r="H96" s="144"/>
-[...1 lines deleted...]
-      <c r="J96" s="145">
+      <c r="H96" s="146"/>
+      <c r="I96" s="146"/>
+      <c r="J96" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K96" s="144"/>
-[...4 lines deleted...]
-      <c r="P96" s="147">
+      <c r="K96" s="146"/>
+      <c r="L96" s="148"/>
+      <c r="M96" s="148"/>
+      <c r="N96" s="148"/>
+      <c r="O96" s="148"/>
+      <c r="P96" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q96" s="147">
+      <c r="Q96" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R96" s="147">
+      <c r="R96" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S96" s="148">
+      <c r="S96" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T96" s="50"/>
       <c r="U96" s="51"/>
       <c r="V96" s="51"/>
       <c r="W96" s="51"/>
       <c r="X96" s="51"/>
       <c r="Y96" s="51"/>
     </row>
     <row r="97" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A97" s="4"/>
       <c r="B97" s="5"/>
       <c r="C97" s="5"/>
       <c r="D97" s="4"/>
       <c r="E97" s="5"/>
       <c r="F97" s="5"/>
       <c r="G97" s="4"/>
-      <c r="H97" s="139"/>
-[...1 lines deleted...]
-      <c r="J97" s="140">
+      <c r="H97" s="141"/>
+      <c r="I97" s="141"/>
+      <c r="J97" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K97" s="139"/>
-[...4 lines deleted...]
-      <c r="P97" s="142">
+      <c r="K97" s="141"/>
+      <c r="L97" s="143"/>
+      <c r="M97" s="143"/>
+      <c r="N97" s="143"/>
+      <c r="O97" s="143"/>
+      <c r="P97" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q97" s="142">
+      <c r="Q97" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R97" s="142">
+      <c r="R97" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S97" s="143">
+      <c r="S97" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T97" s="48"/>
       <c r="U97" s="49"/>
       <c r="V97" s="49"/>
       <c r="W97" s="49"/>
       <c r="X97" s="49"/>
       <c r="Y97" s="49"/>
     </row>
     <row r="98" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11"/>
       <c r="B98" s="12"/>
       <c r="C98" s="12"/>
       <c r="D98" s="11"/>
       <c r="E98" s="12"/>
       <c r="F98" s="12"/>
       <c r="G98" s="11"/>
-      <c r="H98" s="144"/>
-[...1 lines deleted...]
-      <c r="J98" s="145">
+      <c r="H98" s="146"/>
+      <c r="I98" s="146"/>
+      <c r="J98" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K98" s="144"/>
-[...4 lines deleted...]
-      <c r="P98" s="147">
+      <c r="K98" s="146"/>
+      <c r="L98" s="148"/>
+      <c r="M98" s="148"/>
+      <c r="N98" s="148"/>
+      <c r="O98" s="148"/>
+      <c r="P98" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q98" s="147">
+      <c r="Q98" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R98" s="147">
+      <c r="R98" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S98" s="148">
+      <c r="S98" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T98" s="50"/>
       <c r="U98" s="51"/>
       <c r="V98" s="51"/>
       <c r="W98" s="51"/>
       <c r="X98" s="51"/>
       <c r="Y98" s="51"/>
     </row>
     <row r="99" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A99" s="4"/>
       <c r="B99" s="5"/>
       <c r="C99" s="5"/>
       <c r="D99" s="4"/>
       <c r="E99" s="5"/>
       <c r="F99" s="5"/>
       <c r="G99" s="4"/>
-      <c r="H99" s="139"/>
-[...1 lines deleted...]
-      <c r="J99" s="140">
+      <c r="H99" s="141"/>
+      <c r="I99" s="141"/>
+      <c r="J99" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K99" s="139"/>
-[...4 lines deleted...]
-      <c r="P99" s="142">
+      <c r="K99" s="141"/>
+      <c r="L99" s="143"/>
+      <c r="M99" s="143"/>
+      <c r="N99" s="143"/>
+      <c r="O99" s="143"/>
+      <c r="P99" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q99" s="142">
+      <c r="Q99" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R99" s="142">
+      <c r="R99" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S99" s="143">
+      <c r="S99" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T99" s="48"/>
       <c r="U99" s="49"/>
       <c r="V99" s="49"/>
       <c r="W99" s="49"/>
       <c r="X99" s="49"/>
       <c r="Y99" s="49"/>
     </row>
     <row r="100" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="11"/>
       <c r="B100" s="12"/>
       <c r="C100" s="12"/>
       <c r="D100" s="11"/>
       <c r="E100" s="12"/>
       <c r="F100" s="12"/>
       <c r="G100" s="11"/>
-      <c r="H100" s="144"/>
-[...1 lines deleted...]
-      <c r="J100" s="145">
+      <c r="H100" s="146"/>
+      <c r="I100" s="146"/>
+      <c r="J100" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K100" s="144"/>
-[...4 lines deleted...]
-      <c r="P100" s="147">
+      <c r="K100" s="146"/>
+      <c r="L100" s="148"/>
+      <c r="M100" s="148"/>
+      <c r="N100" s="148"/>
+      <c r="O100" s="148"/>
+      <c r="P100" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q100" s="147">
+      <c r="Q100" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R100" s="147">
+      <c r="R100" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S100" s="148">
+      <c r="S100" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T100" s="50"/>
       <c r="U100" s="51"/>
       <c r="V100" s="51"/>
       <c r="W100" s="51"/>
       <c r="X100" s="51"/>
       <c r="Y100" s="51"/>
     </row>
     <row r="101" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A101" s="4"/>
       <c r="B101" s="5"/>
       <c r="C101" s="5"/>
       <c r="D101" s="4"/>
       <c r="E101" s="5"/>
       <c r="F101" s="5"/>
       <c r="G101" s="4"/>
-      <c r="H101" s="139"/>
-[...1 lines deleted...]
-      <c r="J101" s="140">
+      <c r="H101" s="141"/>
+      <c r="I101" s="141"/>
+      <c r="J101" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K101" s="139"/>
-[...4 lines deleted...]
-      <c r="P101" s="142">
+      <c r="K101" s="141"/>
+      <c r="L101" s="143"/>
+      <c r="M101" s="143"/>
+      <c r="N101" s="143"/>
+      <c r="O101" s="143"/>
+      <c r="P101" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q101" s="142">
+      <c r="Q101" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R101" s="142">
+      <c r="R101" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S101" s="143">
+      <c r="S101" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T101" s="48"/>
       <c r="U101" s="49"/>
       <c r="V101" s="49"/>
       <c r="W101" s="49"/>
       <c r="X101" s="49"/>
       <c r="Y101" s="49"/>
     </row>
     <row r="102" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="11"/>
       <c r="B102" s="12"/>
       <c r="C102" s="12"/>
       <c r="D102" s="11"/>
       <c r="E102" s="12"/>
       <c r="F102" s="12"/>
       <c r="G102" s="11"/>
-      <c r="H102" s="144"/>
-[...1 lines deleted...]
-      <c r="J102" s="145">
+      <c r="H102" s="146"/>
+      <c r="I102" s="146"/>
+      <c r="J102" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K102" s="144"/>
-[...4 lines deleted...]
-      <c r="P102" s="147">
+      <c r="K102" s="146"/>
+      <c r="L102" s="148"/>
+      <c r="M102" s="148"/>
+      <c r="N102" s="148"/>
+      <c r="O102" s="148"/>
+      <c r="P102" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q102" s="147">
+      <c r="Q102" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R102" s="147">
+      <c r="R102" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S102" s="148">
+      <c r="S102" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T102" s="50"/>
       <c r="U102" s="51"/>
       <c r="V102" s="51"/>
       <c r="W102" s="51"/>
       <c r="X102" s="51"/>
       <c r="Y102" s="51"/>
     </row>
     <row r="103" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A103" s="4"/>
       <c r="B103" s="5"/>
       <c r="C103" s="5"/>
       <c r="D103" s="4"/>
       <c r="E103" s="5"/>
       <c r="F103" s="5"/>
       <c r="G103" s="4"/>
-      <c r="H103" s="139"/>
-[...1 lines deleted...]
-      <c r="J103" s="140">
+      <c r="H103" s="141"/>
+      <c r="I103" s="141"/>
+      <c r="J103" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K103" s="139"/>
-[...4 lines deleted...]
-      <c r="P103" s="142">
+      <c r="K103" s="141"/>
+      <c r="L103" s="143"/>
+      <c r="M103" s="143"/>
+      <c r="N103" s="143"/>
+      <c r="O103" s="143"/>
+      <c r="P103" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q103" s="142">
+      <c r="Q103" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R103" s="142">
+      <c r="R103" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S103" s="143">
+      <c r="S103" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T103" s="48"/>
       <c r="U103" s="49"/>
       <c r="V103" s="49"/>
       <c r="W103" s="49"/>
       <c r="X103" s="49"/>
       <c r="Y103" s="49"/>
     </row>
     <row r="104" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="11"/>
       <c r="B104" s="12"/>
       <c r="C104" s="12"/>
       <c r="D104" s="11"/>
       <c r="E104" s="12"/>
       <c r="F104" s="12"/>
       <c r="G104" s="11"/>
-      <c r="H104" s="144"/>
-[...1 lines deleted...]
-      <c r="J104" s="145">
+      <c r="H104" s="146"/>
+      <c r="I104" s="146"/>
+      <c r="J104" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K104" s="144"/>
-[...4 lines deleted...]
-      <c r="P104" s="147">
+      <c r="K104" s="146"/>
+      <c r="L104" s="148"/>
+      <c r="M104" s="148"/>
+      <c r="N104" s="148"/>
+      <c r="O104" s="148"/>
+      <c r="P104" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q104" s="147">
+      <c r="Q104" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R104" s="147">
+      <c r="R104" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S104" s="148">
+      <c r="S104" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T104" s="50"/>
       <c r="U104" s="51"/>
       <c r="V104" s="51"/>
       <c r="W104" s="51"/>
       <c r="X104" s="51"/>
       <c r="Y104" s="51"/>
     </row>
     <row r="105" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A105" s="4"/>
       <c r="B105" s="5"/>
       <c r="C105" s="5"/>
       <c r="D105" s="4"/>
       <c r="E105" s="5"/>
       <c r="F105" s="5"/>
       <c r="G105" s="4"/>
-      <c r="H105" s="139"/>
-[...1 lines deleted...]
-      <c r="J105" s="140">
+      <c r="H105" s="141"/>
+      <c r="I105" s="141"/>
+      <c r="J105" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K105" s="139"/>
-[...4 lines deleted...]
-      <c r="P105" s="142">
+      <c r="K105" s="141"/>
+      <c r="L105" s="143"/>
+      <c r="M105" s="143"/>
+      <c r="N105" s="143"/>
+      <c r="O105" s="143"/>
+      <c r="P105" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q105" s="142">
+      <c r="Q105" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R105" s="142">
+      <c r="R105" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S105" s="143">
+      <c r="S105" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T105" s="48"/>
       <c r="U105" s="49"/>
       <c r="V105" s="49"/>
       <c r="W105" s="49"/>
       <c r="X105" s="49"/>
       <c r="Y105" s="49"/>
     </row>
     <row r="106" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="11"/>
       <c r="B106" s="12"/>
       <c r="C106" s="12"/>
       <c r="D106" s="11"/>
       <c r="E106" s="12"/>
       <c r="F106" s="12"/>
       <c r="G106" s="11"/>
-      <c r="H106" s="144"/>
-[...1 lines deleted...]
-      <c r="J106" s="145">
+      <c r="H106" s="146"/>
+      <c r="I106" s="146"/>
+      <c r="J106" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K106" s="144"/>
-[...4 lines deleted...]
-      <c r="P106" s="147">
+      <c r="K106" s="146"/>
+      <c r="L106" s="148"/>
+      <c r="M106" s="148"/>
+      <c r="N106" s="148"/>
+      <c r="O106" s="148"/>
+      <c r="P106" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q106" s="147">
+      <c r="Q106" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R106" s="147">
+      <c r="R106" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S106" s="148">
+      <c r="S106" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T106" s="50"/>
       <c r="U106" s="51"/>
       <c r="V106" s="51"/>
       <c r="W106" s="51"/>
       <c r="X106" s="51"/>
       <c r="Y106" s="51"/>
     </row>
     <row r="107" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A107" s="4"/>
       <c r="B107" s="5"/>
       <c r="C107" s="5"/>
       <c r="D107" s="4"/>
       <c r="E107" s="5"/>
       <c r="F107" s="5"/>
       <c r="G107" s="4"/>
-      <c r="H107" s="139"/>
-[...1 lines deleted...]
-      <c r="J107" s="140">
+      <c r="H107" s="141"/>
+      <c r="I107" s="141"/>
+      <c r="J107" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K107" s="139"/>
-[...4 lines deleted...]
-      <c r="P107" s="142">
+      <c r="K107" s="141"/>
+      <c r="L107" s="143"/>
+      <c r="M107" s="143"/>
+      <c r="N107" s="143"/>
+      <c r="O107" s="143"/>
+      <c r="P107" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q107" s="142">
+      <c r="Q107" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R107" s="142">
+      <c r="R107" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S107" s="143">
+      <c r="S107" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T107" s="48"/>
       <c r="U107" s="49"/>
       <c r="V107" s="49"/>
       <c r="W107" s="49"/>
       <c r="X107" s="49"/>
       <c r="Y107" s="49"/>
     </row>
     <row r="108" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="11"/>
       <c r="B108" s="12"/>
       <c r="C108" s="12"/>
       <c r="D108" s="11"/>
       <c r="E108" s="12"/>
       <c r="F108" s="12"/>
       <c r="G108" s="11"/>
-      <c r="H108" s="144"/>
-[...1 lines deleted...]
-      <c r="J108" s="145">
+      <c r="H108" s="146"/>
+      <c r="I108" s="146"/>
+      <c r="J108" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K108" s="144"/>
-[...4 lines deleted...]
-      <c r="P108" s="147">
+      <c r="K108" s="146"/>
+      <c r="L108" s="148"/>
+      <c r="M108" s="148"/>
+      <c r="N108" s="148"/>
+      <c r="O108" s="148"/>
+      <c r="P108" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q108" s="147">
+      <c r="Q108" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R108" s="147">
+      <c r="R108" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S108" s="148">
+      <c r="S108" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T108" s="50"/>
       <c r="U108" s="51"/>
       <c r="V108" s="51"/>
       <c r="W108" s="51"/>
       <c r="X108" s="51"/>
       <c r="Y108" s="51"/>
     </row>
     <row r="109" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A109" s="4"/>
       <c r="B109" s="5"/>
       <c r="C109" s="5"/>
       <c r="D109" s="4"/>
       <c r="E109" s="5"/>
       <c r="F109" s="5"/>
       <c r="G109" s="4"/>
-      <c r="H109" s="139"/>
-[...1 lines deleted...]
-      <c r="J109" s="140">
+      <c r="H109" s="141"/>
+      <c r="I109" s="141"/>
+      <c r="J109" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K109" s="139"/>
-[...4 lines deleted...]
-      <c r="P109" s="142">
+      <c r="K109" s="141"/>
+      <c r="L109" s="143"/>
+      <c r="M109" s="143"/>
+      <c r="N109" s="143"/>
+      <c r="O109" s="143"/>
+      <c r="P109" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q109" s="142">
+      <c r="Q109" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R109" s="142">
+      <c r="R109" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S109" s="143">
+      <c r="S109" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T109" s="48"/>
       <c r="U109" s="49"/>
       <c r="V109" s="49"/>
       <c r="W109" s="49"/>
       <c r="X109" s="49"/>
       <c r="Y109" s="49"/>
     </row>
     <row r="110" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="11"/>
       <c r="B110" s="12"/>
       <c r="C110" s="12"/>
       <c r="D110" s="11"/>
       <c r="E110" s="12"/>
       <c r="F110" s="12"/>
       <c r="G110" s="11"/>
-      <c r="H110" s="144"/>
-[...1 lines deleted...]
-      <c r="J110" s="145">
+      <c r="H110" s="146"/>
+      <c r="I110" s="146"/>
+      <c r="J110" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K110" s="144"/>
-[...4 lines deleted...]
-      <c r="P110" s="147">
+      <c r="K110" s="146"/>
+      <c r="L110" s="148"/>
+      <c r="M110" s="148"/>
+      <c r="N110" s="148"/>
+      <c r="O110" s="148"/>
+      <c r="P110" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q110" s="147">
+      <c r="Q110" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R110" s="147">
+      <c r="R110" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S110" s="148">
+      <c r="S110" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T110" s="50"/>
       <c r="U110" s="51"/>
       <c r="V110" s="51"/>
       <c r="W110" s="51"/>
       <c r="X110" s="51"/>
       <c r="Y110" s="51"/>
     </row>
     <row r="111" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A111" s="4"/>
       <c r="B111" s="5"/>
       <c r="C111" s="5"/>
       <c r="D111" s="4"/>
       <c r="E111" s="5"/>
       <c r="F111" s="5"/>
       <c r="G111" s="4"/>
-      <c r="H111" s="139"/>
-[...1 lines deleted...]
-      <c r="J111" s="140">
+      <c r="H111" s="141"/>
+      <c r="I111" s="141"/>
+      <c r="J111" s="142">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K111" s="139"/>
-[...4 lines deleted...]
-      <c r="P111" s="142">
+      <c r="K111" s="141"/>
+      <c r="L111" s="143"/>
+      <c r="M111" s="143"/>
+      <c r="N111" s="143"/>
+      <c r="O111" s="143"/>
+      <c r="P111" s="144">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q111" s="142">
+      <c r="Q111" s="144">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R111" s="142">
+      <c r="R111" s="144">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S111" s="143">
+      <c r="S111" s="145">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T111" s="48"/>
       <c r="U111" s="49"/>
       <c r="V111" s="49"/>
       <c r="W111" s="49"/>
       <c r="X111" s="49"/>
       <c r="Y111" s="49"/>
     </row>
     <row r="112" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="11"/>
       <c r="B112" s="12"/>
       <c r="C112" s="12"/>
       <c r="D112" s="11"/>
       <c r="E112" s="12"/>
       <c r="F112" s="12"/>
       <c r="G112" s="11"/>
-      <c r="H112" s="144"/>
-[...1 lines deleted...]
-      <c r="J112" s="145">
+      <c r="H112" s="146"/>
+      <c r="I112" s="146"/>
+      <c r="J112" s="147">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K112" s="144"/>
-[...4 lines deleted...]
-      <c r="P112" s="147">
+      <c r="K112" s="146"/>
+      <c r="L112" s="148"/>
+      <c r="M112" s="148"/>
+      <c r="N112" s="148"/>
+      <c r="O112" s="148"/>
+      <c r="P112" s="149">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q112" s="147">
+      <c r="Q112" s="149">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R112" s="147">
+      <c r="R112" s="149">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S112" s="148">
+      <c r="S112" s="150">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T112" s="50"/>
       <c r="U112" s="51"/>
       <c r="V112" s="51"/>
       <c r="W112" s="51"/>
       <c r="X112" s="51"/>
       <c r="Y112" s="51"/>
     </row>
     <row r="113" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A113" s="4"/>
       <c r="B113" s="5"/>
       <c r="C113" s="5"/>
       <c r="D113" s="4"/>
       <c r="E113" s="5"/>
       <c r="F113" s="5"/>
       <c r="G113" s="4"/>
-      <c r="H113" s="139"/>
-[...1 lines deleted...]
-      <c r="J113" s="140">
+      <c r="H113" s="141"/>
+      <c r="I113" s="141"/>
+      <c r="J113" s="142">
         <f t="shared" ref="J113:J122" si="11">SUM(H113:I113)</f>
         <v>0</v>
       </c>
-      <c r="K113" s="139"/>
-[...4 lines deleted...]
-      <c r="P113" s="142">
+      <c r="K113" s="141"/>
+      <c r="L113" s="143"/>
+      <c r="M113" s="143"/>
+      <c r="N113" s="143"/>
+      <c r="O113" s="143"/>
+      <c r="P113" s="144">
         <f t="shared" ref="P113:P122" si="12">SUM(K113:O113)</f>
         <v>0</v>
       </c>
-      <c r="Q113" s="142">
+      <c r="Q113" s="144">
         <f t="shared" ref="Q113:Q122" si="13">H113*P113</f>
         <v>0</v>
       </c>
-      <c r="R113" s="142">
+      <c r="R113" s="144">
         <f t="shared" ref="R113:R122" si="14">I113*P113</f>
         <v>0</v>
       </c>
-      <c r="S113" s="143">
+      <c r="S113" s="145">
         <f t="shared" ref="S113:S122" si="15">SUM(Q113:R113)</f>
         <v>0</v>
       </c>
       <c r="T113" s="48"/>
       <c r="U113" s="49"/>
       <c r="V113" s="49"/>
       <c r="W113" s="49"/>
       <c r="X113" s="49"/>
       <c r="Y113" s="49"/>
     </row>
     <row r="114" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="11"/>
       <c r="B114" s="12"/>
       <c r="C114" s="12"/>
       <c r="D114" s="11"/>
       <c r="E114" s="12"/>
       <c r="F114" s="12"/>
       <c r="G114" s="11"/>
-      <c r="H114" s="144"/>
-[...1 lines deleted...]
-      <c r="J114" s="145">
+      <c r="H114" s="146"/>
+      <c r="I114" s="146"/>
+      <c r="J114" s="147">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K114" s="144"/>
-[...4 lines deleted...]
-      <c r="P114" s="147">
+      <c r="K114" s="146"/>
+      <c r="L114" s="148"/>
+      <c r="M114" s="148"/>
+      <c r="N114" s="148"/>
+      <c r="O114" s="148"/>
+      <c r="P114" s="149">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q114" s="147">
+      <c r="Q114" s="149">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R114" s="147">
+      <c r="R114" s="149">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S114" s="148">
+      <c r="S114" s="150">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T114" s="50"/>
       <c r="U114" s="51"/>
       <c r="V114" s="51"/>
       <c r="W114" s="51"/>
       <c r="X114" s="51"/>
       <c r="Y114" s="51"/>
     </row>
     <row r="115" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A115" s="4"/>
       <c r="B115" s="5"/>
       <c r="C115" s="5"/>
       <c r="D115" s="4"/>
       <c r="E115" s="5"/>
       <c r="F115" s="5"/>
       <c r="G115" s="4"/>
-      <c r="H115" s="139"/>
-[...1 lines deleted...]
-      <c r="J115" s="140">
+      <c r="H115" s="141"/>
+      <c r="I115" s="141"/>
+      <c r="J115" s="142">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K115" s="139"/>
-[...4 lines deleted...]
-      <c r="P115" s="142">
+      <c r="K115" s="141"/>
+      <c r="L115" s="143"/>
+      <c r="M115" s="143"/>
+      <c r="N115" s="143"/>
+      <c r="O115" s="143"/>
+      <c r="P115" s="144">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q115" s="142">
+      <c r="Q115" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R115" s="142">
+      <c r="R115" s="144">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S115" s="143">
+      <c r="S115" s="145">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T115" s="48"/>
       <c r="U115" s="49"/>
       <c r="V115" s="49"/>
       <c r="W115" s="49"/>
       <c r="X115" s="49"/>
       <c r="Y115" s="49"/>
     </row>
     <row r="116" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="11"/>
       <c r="B116" s="12"/>
       <c r="C116" s="12"/>
       <c r="D116" s="11"/>
       <c r="E116" s="12"/>
       <c r="F116" s="12"/>
       <c r="G116" s="11"/>
-      <c r="H116" s="144"/>
-[...1 lines deleted...]
-      <c r="J116" s="145">
+      <c r="H116" s="146"/>
+      <c r="I116" s="146"/>
+      <c r="J116" s="147">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K116" s="144"/>
-[...4 lines deleted...]
-      <c r="P116" s="147">
+      <c r="K116" s="146"/>
+      <c r="L116" s="148"/>
+      <c r="M116" s="148"/>
+      <c r="N116" s="148"/>
+      <c r="O116" s="148"/>
+      <c r="P116" s="149">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q116" s="147">
+      <c r="Q116" s="149">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R116" s="147">
+      <c r="R116" s="149">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S116" s="148">
+      <c r="S116" s="150">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T116" s="50"/>
       <c r="U116" s="51"/>
       <c r="V116" s="51"/>
       <c r="W116" s="51"/>
       <c r="X116" s="51"/>
       <c r="Y116" s="51"/>
     </row>
     <row r="117" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A117" s="4"/>
       <c r="B117" s="5"/>
       <c r="C117" s="5"/>
       <c r="D117" s="4"/>
       <c r="E117" s="5"/>
       <c r="F117" s="5"/>
       <c r="G117" s="4"/>
-      <c r="H117" s="139"/>
-[...1 lines deleted...]
-      <c r="J117" s="140">
+      <c r="H117" s="141"/>
+      <c r="I117" s="141"/>
+      <c r="J117" s="142">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K117" s="139"/>
-[...4 lines deleted...]
-      <c r="P117" s="142">
+      <c r="K117" s="141"/>
+      <c r="L117" s="143"/>
+      <c r="M117" s="143"/>
+      <c r="N117" s="143"/>
+      <c r="O117" s="143"/>
+      <c r="P117" s="144">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q117" s="142">
+      <c r="Q117" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R117" s="142">
+      <c r="R117" s="144">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S117" s="143">
+      <c r="S117" s="145">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T117" s="48"/>
       <c r="U117" s="49"/>
       <c r="V117" s="49"/>
       <c r="W117" s="49"/>
       <c r="X117" s="49"/>
       <c r="Y117" s="49"/>
     </row>
     <row r="118" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="11"/>
       <c r="B118" s="12"/>
       <c r="C118" s="12"/>
       <c r="D118" s="11"/>
       <c r="E118" s="12"/>
       <c r="F118" s="12"/>
       <c r="G118" s="11"/>
-      <c r="H118" s="144"/>
-[...1 lines deleted...]
-      <c r="J118" s="145">
+      <c r="H118" s="146"/>
+      <c r="I118" s="146"/>
+      <c r="J118" s="147">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K118" s="144"/>
-[...4 lines deleted...]
-      <c r="P118" s="147">
+      <c r="K118" s="146"/>
+      <c r="L118" s="148"/>
+      <c r="M118" s="148"/>
+      <c r="N118" s="148"/>
+      <c r="O118" s="148"/>
+      <c r="P118" s="149">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q118" s="147">
+      <c r="Q118" s="149">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R118" s="147">
+      <c r="R118" s="149">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S118" s="148">
+      <c r="S118" s="150">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T118" s="50"/>
       <c r="U118" s="51"/>
       <c r="V118" s="51"/>
       <c r="W118" s="51"/>
       <c r="X118" s="51"/>
       <c r="Y118" s="51"/>
     </row>
     <row r="119" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A119" s="4"/>
       <c r="B119" s="5"/>
       <c r="C119" s="5"/>
       <c r="D119" s="4"/>
       <c r="E119" s="5"/>
       <c r="F119" s="5"/>
       <c r="G119" s="4"/>
-      <c r="H119" s="139"/>
-[...1 lines deleted...]
-      <c r="J119" s="140">
+      <c r="H119" s="141"/>
+      <c r="I119" s="141"/>
+      <c r="J119" s="142">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K119" s="139"/>
-[...4 lines deleted...]
-      <c r="P119" s="142">
+      <c r="K119" s="141"/>
+      <c r="L119" s="143"/>
+      <c r="M119" s="143"/>
+      <c r="N119" s="143"/>
+      <c r="O119" s="143"/>
+      <c r="P119" s="144">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q119" s="142">
+      <c r="Q119" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R119" s="142">
+      <c r="R119" s="144">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S119" s="143">
+      <c r="S119" s="145">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T119" s="48"/>
       <c r="U119" s="49"/>
       <c r="V119" s="49"/>
       <c r="W119" s="49"/>
       <c r="X119" s="49"/>
       <c r="Y119" s="49"/>
     </row>
     <row r="120" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="11"/>
       <c r="B120" s="12"/>
       <c r="C120" s="12"/>
       <c r="D120" s="11"/>
       <c r="E120" s="12"/>
       <c r="F120" s="12"/>
       <c r="G120" s="11"/>
-      <c r="H120" s="144"/>
-[...1 lines deleted...]
-      <c r="J120" s="145">
+      <c r="H120" s="146"/>
+      <c r="I120" s="146"/>
+      <c r="J120" s="147">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K120" s="144"/>
-[...4 lines deleted...]
-      <c r="P120" s="147">
+      <c r="K120" s="146"/>
+      <c r="L120" s="148"/>
+      <c r="M120" s="148"/>
+      <c r="N120" s="148"/>
+      <c r="O120" s="148"/>
+      <c r="P120" s="149">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q120" s="147">
+      <c r="Q120" s="149">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R120" s="147">
+      <c r="R120" s="149">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S120" s="148">
+      <c r="S120" s="150">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T120" s="50"/>
       <c r="U120" s="51"/>
       <c r="V120" s="51"/>
       <c r="W120" s="51"/>
       <c r="X120" s="51"/>
       <c r="Y120" s="51"/>
     </row>
     <row r="121" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A121" s="4"/>
       <c r="B121" s="5"/>
       <c r="C121" s="5"/>
       <c r="D121" s="4"/>
       <c r="E121" s="5"/>
       <c r="F121" s="5"/>
       <c r="G121" s="4"/>
-      <c r="H121" s="139"/>
-[...1 lines deleted...]
-      <c r="J121" s="140">
+      <c r="H121" s="141"/>
+      <c r="I121" s="141"/>
+      <c r="J121" s="142">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K121" s="139"/>
-[...4 lines deleted...]
-      <c r="P121" s="142">
+      <c r="K121" s="141"/>
+      <c r="L121" s="143"/>
+      <c r="M121" s="143"/>
+      <c r="N121" s="143"/>
+      <c r="O121" s="143"/>
+      <c r="P121" s="144">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q121" s="142">
+      <c r="Q121" s="144">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R121" s="142">
+      <c r="R121" s="144">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S121" s="143">
+      <c r="S121" s="145">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T121" s="48"/>
       <c r="U121" s="49"/>
       <c r="V121" s="49"/>
       <c r="W121" s="49"/>
       <c r="X121" s="49"/>
       <c r="Y121" s="49"/>
     </row>
     <row r="122" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="14"/>
       <c r="B122" s="15"/>
       <c r="C122" s="15"/>
       <c r="D122" s="14"/>
       <c r="E122" s="15"/>
       <c r="F122" s="15"/>
       <c r="G122" s="14"/>
-      <c r="H122" s="151"/>
-[...1 lines deleted...]
-      <c r="J122" s="156">
+      <c r="H122" s="153"/>
+      <c r="I122" s="153"/>
+      <c r="J122" s="158">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K122" s="151"/>
-[...4 lines deleted...]
-      <c r="P122" s="157">
+      <c r="K122" s="153"/>
+      <c r="L122" s="153"/>
+      <c r="M122" s="153"/>
+      <c r="N122" s="153"/>
+      <c r="O122" s="153"/>
+      <c r="P122" s="159">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q122" s="157">
+      <c r="Q122" s="159">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R122" s="156">
+      <c r="R122" s="158">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S122" s="158">
+      <c r="S122" s="160">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T122" s="54"/>
       <c r="U122" s="55"/>
       <c r="V122" s="55"/>
       <c r="W122" s="55"/>
       <c r="X122" s="55"/>
       <c r="Y122" s="55"/>
     </row>
     <row r="123" spans="1:25" s="38" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B123" s="34"/>
       <c r="C123" s="34"/>
       <c r="D123" s="34"/>
       <c r="E123" s="34"/>
       <c r="F123" s="34"/>
       <c r="G123" s="34"/>
       <c r="H123" s="35"/>
       <c r="I123" s="35">
         <f t="shared" ref="I123:S123" si="16">SUM(I48:I122)</f>
         <v>0</v>
       </c>
@@ -8838,1399 +8832,1399 @@
       </c>
       <c r="P123" s="35">
         <f>SUM(P48:P122)</f>
         <v>0</v>
       </c>
       <c r="Q123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="R123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="S123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="T123" s="36"/>
       <c r="U123" s="34"/>
       <c r="V123" s="34"/>
       <c r="W123" s="34"/>
       <c r="X123" s="34"/>
       <c r="Y123" s="37"/>
     </row>
     <row r="124" spans="1:25" ht="21" x14ac:dyDescent="0.3">
-      <c r="A124" s="96" t="s">
+      <c r="A124" s="98" t="s">
         <v>79</v>
       </c>
       <c r="B124" s="19"/>
       <c r="C124" s="19"/>
       <c r="D124" s="17"/>
       <c r="E124" s="22"/>
       <c r="F124" s="22"/>
       <c r="G124" s="19"/>
       <c r="H124" s="20"/>
       <c r="I124" s="63"/>
       <c r="J124" s="41"/>
       <c r="K124" s="20"/>
       <c r="L124" s="20"/>
       <c r="M124" s="20"/>
       <c r="N124" s="20"/>
       <c r="O124" s="20"/>
       <c r="P124" s="41"/>
       <c r="Q124" s="41"/>
       <c r="R124" s="41"/>
       <c r="S124" s="41"/>
       <c r="T124" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U124" s="44"/>
       <c r="V124" s="45"/>
       <c r="W124" s="45"/>
       <c r="X124" s="45"/>
       <c r="Y124" s="57"/>
     </row>
     <row r="125" spans="1:25" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A125" s="165" t="s">
+      <c r="A125" s="167" t="s">
         <v>3</v>
       </c>
-      <c r="B125" s="165" t="s">
+      <c r="B125" s="167" t="s">
         <v>4</v>
       </c>
-      <c r="C125" s="165" t="s">
+      <c r="C125" s="167" t="s">
         <v>5</v>
       </c>
-      <c r="D125" s="165" t="s">
+      <c r="D125" s="167" t="s">
         <v>31</v>
       </c>
-      <c r="E125" s="165" t="s">
+      <c r="E125" s="167" t="s">
         <v>20</v>
       </c>
-      <c r="F125" s="165" t="s">
+      <c r="F125" s="167" t="s">
         <v>32</v>
       </c>
-      <c r="G125" s="165" t="s">
+      <c r="G125" s="167" t="s">
         <v>29</v>
       </c>
-      <c r="H125" s="165" t="s">
+      <c r="H125" s="167" t="s">
         <v>36</v>
       </c>
-      <c r="I125" s="171" t="s">
+      <c r="I125" s="173" t="s">
         <v>41</v>
       </c>
-      <c r="J125" s="165" t="s">
+      <c r="J125" s="167" t="s">
         <v>37</v>
       </c>
       <c r="K125" s="32" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="32" t="s">
         <v>24</v>
       </c>
       <c r="M125" s="32" t="s">
         <v>25</v>
       </c>
       <c r="N125" s="32" t="s">
         <v>26</v>
       </c>
       <c r="O125" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="P125" s="165" t="s">
+      <c r="P125" s="167" t="s">
         <v>28</v>
       </c>
-      <c r="Q125" s="165" t="s">
+      <c r="Q125" s="167" t="s">
         <v>21</v>
       </c>
-      <c r="R125" s="165" t="s">
+      <c r="R125" s="167" t="s">
         <v>38</v>
       </c>
-      <c r="S125" s="165" t="s">
+      <c r="S125" s="167" t="s">
         <v>22</v>
       </c>
-      <c r="T125" s="159" t="s">
+      <c r="T125" s="161" t="s">
         <v>8</v>
       </c>
-      <c r="U125" s="159" t="s">
+      <c r="U125" s="161" t="s">
         <v>17</v>
       </c>
-      <c r="V125" s="159" t="s">
+      <c r="V125" s="161" t="s">
         <v>33</v>
       </c>
-      <c r="W125" s="159" t="s">
+      <c r="W125" s="161" t="s">
         <v>30</v>
       </c>
-      <c r="X125" s="159" t="s">
+      <c r="X125" s="161" t="s">
         <v>18</v>
       </c>
-      <c r="Y125" s="159" t="s">
+      <c r="Y125" s="161" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:25" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="181"/>
-[...9 lines deleted...]
-      <c r="K126" s="174" t="s">
+      <c r="A126" s="187"/>
+      <c r="B126" s="187"/>
+      <c r="C126" s="187"/>
+      <c r="D126" s="187"/>
+      <c r="E126" s="187"/>
+      <c r="F126" s="187"/>
+      <c r="G126" s="187"/>
+      <c r="H126" s="187"/>
+      <c r="I126" s="192"/>
+      <c r="J126" s="187"/>
+      <c r="K126" s="176" t="s">
         <v>39</v>
       </c>
-      <c r="L126" s="175"/>
-[...12 lines deleted...]
-      <c r="Y126" s="160"/>
+      <c r="L126" s="177"/>
+      <c r="M126" s="177"/>
+      <c r="N126" s="177"/>
+      <c r="O126" s="178"/>
+      <c r="P126" s="187"/>
+      <c r="Q126" s="187"/>
+      <c r="R126" s="187"/>
+      <c r="S126" s="187"/>
+      <c r="T126" s="162"/>
+      <c r="U126" s="162"/>
+      <c r="V126" s="162"/>
+      <c r="W126" s="162"/>
+      <c r="X126" s="162"/>
+      <c r="Y126" s="162"/>
     </row>
     <row r="127" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A127" s="182"/>
-[...9 lines deleted...]
-      <c r="K127" s="239" t="s">
+      <c r="A127" s="188"/>
+      <c r="B127" s="188"/>
+      <c r="C127" s="188"/>
+      <c r="D127" s="188"/>
+      <c r="E127" s="188"/>
+      <c r="F127" s="188"/>
+      <c r="G127" s="188"/>
+      <c r="H127" s="188"/>
+      <c r="I127" s="193"/>
+      <c r="J127" s="188"/>
+      <c r="K127" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="L127" s="239" t="s">
+      <c r="L127" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="M127" s="239" t="s">
+      <c r="M127" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="N127" s="239" t="s">
+      <c r="N127" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="O127" s="239" t="s">
+      <c r="O127" s="67" t="s">
         <v>40</v>
       </c>
-      <c r="P127" s="182"/>
-[...8 lines deleted...]
-      <c r="Y127" s="185"/>
+      <c r="P127" s="188"/>
+      <c r="Q127" s="188"/>
+      <c r="R127" s="188"/>
+      <c r="S127" s="188"/>
+      <c r="T127" s="191"/>
+      <c r="U127" s="191"/>
+      <c r="V127" s="191"/>
+      <c r="W127" s="191"/>
+      <c r="X127" s="191"/>
+      <c r="Y127" s="191"/>
     </row>
     <row r="128" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="11"/>
       <c r="B128" s="12"/>
       <c r="C128" s="12"/>
       <c r="D128" s="11"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="11"/>
-      <c r="H128" s="144"/>
-[...1 lines deleted...]
-      <c r="J128" s="145">
+      <c r="H128" s="146"/>
+      <c r="I128" s="146"/>
+      <c r="J128" s="147">
         <f>SUM(H128:I128)</f>
         <v>0</v>
       </c>
-      <c r="K128" s="144"/>
-[...4 lines deleted...]
-      <c r="P128" s="147">
+      <c r="K128" s="146"/>
+      <c r="L128" s="148"/>
+      <c r="M128" s="148"/>
+      <c r="N128" s="148"/>
+      <c r="O128" s="148"/>
+      <c r="P128" s="149">
         <f>SUM(K128:O128)</f>
         <v>0</v>
       </c>
-      <c r="Q128" s="147">
+      <c r="Q128" s="149">
         <f>H128*P128</f>
         <v>0</v>
       </c>
-      <c r="R128" s="147">
+      <c r="R128" s="149">
         <f>I128*P128</f>
         <v>0</v>
       </c>
-      <c r="S128" s="148">
+      <c r="S128" s="150">
         <f>SUM(Q128:R128)</f>
         <v>0</v>
       </c>
       <c r="T128" s="46"/>
       <c r="U128" s="47"/>
       <c r="V128" s="47"/>
       <c r="W128" s="47"/>
       <c r="X128" s="47"/>
       <c r="Y128" s="47"/>
     </row>
     <row r="129" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A129" s="4"/>
       <c r="B129" s="5"/>
       <c r="C129" s="5"/>
       <c r="D129" s="4"/>
       <c r="E129" s="5"/>
       <c r="F129" s="5"/>
       <c r="G129" s="4"/>
-      <c r="H129" s="139"/>
-[...1 lines deleted...]
-      <c r="J129" s="140">
+      <c r="H129" s="141"/>
+      <c r="I129" s="141"/>
+      <c r="J129" s="142">
         <f t="shared" ref="J129:J152" si="17">SUM(H129:I129)</f>
         <v>0</v>
       </c>
-      <c r="K129" s="139"/>
-[...4 lines deleted...]
-      <c r="P129" s="142">
+      <c r="K129" s="141"/>
+      <c r="L129" s="143"/>
+      <c r="M129" s="143"/>
+      <c r="N129" s="143"/>
+      <c r="O129" s="143"/>
+      <c r="P129" s="144">
         <f t="shared" ref="P129:P152" si="18">SUM(K129:O129)</f>
         <v>0</v>
       </c>
-      <c r="Q129" s="142">
+      <c r="Q129" s="144">
         <f t="shared" ref="Q129:Q152" si="19">H129*P129</f>
         <v>0</v>
       </c>
-      <c r="R129" s="142">
+      <c r="R129" s="144">
         <f t="shared" ref="R129:R152" si="20">I129*P129</f>
         <v>0</v>
       </c>
-      <c r="S129" s="143">
+      <c r="S129" s="145">
         <f t="shared" ref="S129:S152" si="21">SUM(Q129:R129)</f>
         <v>0</v>
       </c>
       <c r="T129" s="48"/>
       <c r="U129" s="49"/>
       <c r="V129" s="49"/>
       <c r="W129" s="49"/>
       <c r="X129" s="49"/>
       <c r="Y129" s="49"/>
     </row>
     <row r="130" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="11"/>
       <c r="B130" s="12"/>
       <c r="C130" s="12"/>
       <c r="D130" s="11"/>
       <c r="E130" s="12"/>
       <c r="F130" s="12"/>
       <c r="G130" s="11"/>
-      <c r="H130" s="144"/>
-[...1 lines deleted...]
-      <c r="J130" s="145">
+      <c r="H130" s="146"/>
+      <c r="I130" s="146"/>
+      <c r="J130" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K130" s="144"/>
-[...4 lines deleted...]
-      <c r="P130" s="147">
+      <c r="K130" s="146"/>
+      <c r="L130" s="148"/>
+      <c r="M130" s="148"/>
+      <c r="N130" s="148"/>
+      <c r="O130" s="148"/>
+      <c r="P130" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q130" s="147">
+      <c r="Q130" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R130" s="147">
+      <c r="R130" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S130" s="148">
+      <c r="S130" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T130" s="50"/>
       <c r="U130" s="51"/>
       <c r="V130" s="51"/>
       <c r="W130" s="51"/>
       <c r="X130" s="51"/>
       <c r="Y130" s="51"/>
     </row>
     <row r="131" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A131" s="4"/>
       <c r="B131" s="5"/>
       <c r="C131" s="5"/>
       <c r="D131" s="4"/>
       <c r="E131" s="5"/>
       <c r="F131" s="5"/>
       <c r="G131" s="4"/>
-      <c r="H131" s="139"/>
-[...1 lines deleted...]
-      <c r="J131" s="140">
+      <c r="H131" s="141"/>
+      <c r="I131" s="141"/>
+      <c r="J131" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K131" s="139"/>
-[...4 lines deleted...]
-      <c r="P131" s="142">
+      <c r="K131" s="141"/>
+      <c r="L131" s="143"/>
+      <c r="M131" s="143"/>
+      <c r="N131" s="143"/>
+      <c r="O131" s="143"/>
+      <c r="P131" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q131" s="142">
+      <c r="Q131" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R131" s="142">
+      <c r="R131" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S131" s="143">
+      <c r="S131" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T131" s="48"/>
       <c r="U131" s="49"/>
       <c r="V131" s="49"/>
       <c r="W131" s="49"/>
       <c r="X131" s="49"/>
       <c r="Y131" s="49"/>
     </row>
     <row r="132" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="11"/>
       <c r="B132" s="12"/>
       <c r="C132" s="12"/>
       <c r="D132" s="11"/>
       <c r="E132" s="12"/>
       <c r="F132" s="12"/>
       <c r="G132" s="11"/>
-      <c r="H132" s="144"/>
-[...1 lines deleted...]
-      <c r="J132" s="145">
+      <c r="H132" s="146"/>
+      <c r="I132" s="146"/>
+      <c r="J132" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K132" s="144"/>
-[...4 lines deleted...]
-      <c r="P132" s="147">
+      <c r="K132" s="146"/>
+      <c r="L132" s="148"/>
+      <c r="M132" s="148"/>
+      <c r="N132" s="148"/>
+      <c r="O132" s="148"/>
+      <c r="P132" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q132" s="147">
+      <c r="Q132" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R132" s="147">
+      <c r="R132" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S132" s="148">
+      <c r="S132" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T132" s="50"/>
       <c r="U132" s="51"/>
       <c r="V132" s="51"/>
       <c r="W132" s="51"/>
       <c r="X132" s="51"/>
       <c r="Y132" s="51"/>
     </row>
     <row r="133" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A133" s="4"/>
       <c r="B133" s="5"/>
       <c r="C133" s="5"/>
       <c r="D133" s="4"/>
       <c r="E133" s="5"/>
       <c r="F133" s="5"/>
       <c r="G133" s="4"/>
-      <c r="H133" s="139"/>
-[...1 lines deleted...]
-      <c r="J133" s="140">
+      <c r="H133" s="141"/>
+      <c r="I133" s="141"/>
+      <c r="J133" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K133" s="139"/>
-[...4 lines deleted...]
-      <c r="P133" s="142">
+      <c r="K133" s="141"/>
+      <c r="L133" s="143"/>
+      <c r="M133" s="143"/>
+      <c r="N133" s="143"/>
+      <c r="O133" s="143"/>
+      <c r="P133" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q133" s="142">
+      <c r="Q133" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R133" s="142">
+      <c r="R133" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S133" s="143">
+      <c r="S133" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T133" s="48"/>
       <c r="U133" s="49"/>
       <c r="V133" s="49"/>
       <c r="W133" s="49"/>
       <c r="X133" s="49"/>
       <c r="Y133" s="49"/>
     </row>
     <row r="134" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="11"/>
       <c r="B134" s="12"/>
       <c r="C134" s="12"/>
       <c r="D134" s="11"/>
       <c r="E134" s="12"/>
       <c r="F134" s="12"/>
       <c r="G134" s="11"/>
-      <c r="H134" s="144"/>
-[...1 lines deleted...]
-      <c r="J134" s="145">
+      <c r="H134" s="146"/>
+      <c r="I134" s="146"/>
+      <c r="J134" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K134" s="144"/>
-[...4 lines deleted...]
-      <c r="P134" s="147">
+      <c r="K134" s="146"/>
+      <c r="L134" s="148"/>
+      <c r="M134" s="148"/>
+      <c r="N134" s="148"/>
+      <c r="O134" s="148"/>
+      <c r="P134" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q134" s="147">
+      <c r="Q134" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R134" s="147">
+      <c r="R134" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S134" s="148">
+      <c r="S134" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T134" s="50"/>
       <c r="U134" s="51"/>
       <c r="V134" s="51"/>
       <c r="W134" s="51"/>
       <c r="X134" s="51"/>
       <c r="Y134" s="51"/>
     </row>
     <row r="135" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A135" s="4"/>
       <c r="B135" s="5"/>
       <c r="C135" s="5"/>
       <c r="D135" s="4"/>
       <c r="E135" s="5"/>
       <c r="F135" s="5"/>
       <c r="G135" s="4"/>
-      <c r="H135" s="139"/>
-[...1 lines deleted...]
-      <c r="J135" s="140">
+      <c r="H135" s="141"/>
+      <c r="I135" s="141"/>
+      <c r="J135" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K135" s="139"/>
-[...4 lines deleted...]
-      <c r="P135" s="142">
+      <c r="K135" s="141"/>
+      <c r="L135" s="143"/>
+      <c r="M135" s="143"/>
+      <c r="N135" s="143"/>
+      <c r="O135" s="143"/>
+      <c r="P135" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q135" s="142">
+      <c r="Q135" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R135" s="142">
+      <c r="R135" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S135" s="143">
+      <c r="S135" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T135" s="48"/>
       <c r="U135" s="49"/>
       <c r="V135" s="49"/>
       <c r="W135" s="49"/>
       <c r="X135" s="49"/>
       <c r="Y135" s="49"/>
     </row>
     <row r="136" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="11"/>
       <c r="B136" s="12"/>
       <c r="C136" s="12"/>
       <c r="D136" s="11"/>
       <c r="E136" s="12"/>
       <c r="F136" s="12"/>
       <c r="G136" s="11"/>
-      <c r="H136" s="144"/>
-[...1 lines deleted...]
-      <c r="J136" s="145">
+      <c r="H136" s="146"/>
+      <c r="I136" s="146"/>
+      <c r="J136" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K136" s="144"/>
-[...4 lines deleted...]
-      <c r="P136" s="147">
+      <c r="K136" s="146"/>
+      <c r="L136" s="148"/>
+      <c r="M136" s="148"/>
+      <c r="N136" s="148"/>
+      <c r="O136" s="148"/>
+      <c r="P136" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q136" s="147">
+      <c r="Q136" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R136" s="147">
+      <c r="R136" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S136" s="148">
+      <c r="S136" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T136" s="50"/>
       <c r="U136" s="51"/>
       <c r="V136" s="51"/>
       <c r="W136" s="51"/>
       <c r="X136" s="51"/>
       <c r="Y136" s="51"/>
     </row>
     <row r="137" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A137" s="4"/>
       <c r="B137" s="5"/>
       <c r="C137" s="5"/>
       <c r="D137" s="4"/>
       <c r="E137" s="5"/>
       <c r="F137" s="5"/>
       <c r="G137" s="4"/>
-      <c r="H137" s="139"/>
-[...1 lines deleted...]
-      <c r="J137" s="140">
+      <c r="H137" s="141"/>
+      <c r="I137" s="141"/>
+      <c r="J137" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K137" s="139"/>
-[...4 lines deleted...]
-      <c r="P137" s="142">
+      <c r="K137" s="141"/>
+      <c r="L137" s="143"/>
+      <c r="M137" s="143"/>
+      <c r="N137" s="143"/>
+      <c r="O137" s="143"/>
+      <c r="P137" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q137" s="142">
+      <c r="Q137" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R137" s="142">
+      <c r="R137" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S137" s="143">
+      <c r="S137" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T137" s="48"/>
       <c r="U137" s="49"/>
       <c r="V137" s="49"/>
       <c r="W137" s="49"/>
       <c r="X137" s="49"/>
       <c r="Y137" s="49"/>
     </row>
     <row r="138" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="11"/>
       <c r="B138" s="12"/>
       <c r="C138" s="12"/>
       <c r="D138" s="11"/>
       <c r="E138" s="12"/>
       <c r="F138" s="12"/>
       <c r="G138" s="11"/>
-      <c r="H138" s="144"/>
-[...1 lines deleted...]
-      <c r="J138" s="145">
+      <c r="H138" s="146"/>
+      <c r="I138" s="146"/>
+      <c r="J138" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K138" s="144"/>
-[...4 lines deleted...]
-      <c r="P138" s="147">
+      <c r="K138" s="146"/>
+      <c r="L138" s="148"/>
+      <c r="M138" s="148"/>
+      <c r="N138" s="148"/>
+      <c r="O138" s="148"/>
+      <c r="P138" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q138" s="147">
+      <c r="Q138" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R138" s="147">
+      <c r="R138" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S138" s="148">
+      <c r="S138" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T138" s="50"/>
       <c r="U138" s="51"/>
       <c r="V138" s="51"/>
       <c r="W138" s="51"/>
       <c r="X138" s="51"/>
       <c r="Y138" s="51"/>
     </row>
     <row r="139" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A139" s="4"/>
       <c r="B139" s="5"/>
       <c r="C139" s="5"/>
       <c r="D139" s="4"/>
       <c r="E139" s="5"/>
       <c r="F139" s="5"/>
       <c r="G139" s="4"/>
-      <c r="H139" s="139"/>
-[...1 lines deleted...]
-      <c r="J139" s="140">
+      <c r="H139" s="141"/>
+      <c r="I139" s="141"/>
+      <c r="J139" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K139" s="139"/>
-[...4 lines deleted...]
-      <c r="P139" s="142">
+      <c r="K139" s="141"/>
+      <c r="L139" s="143"/>
+      <c r="M139" s="143"/>
+      <c r="N139" s="143"/>
+      <c r="O139" s="143"/>
+      <c r="P139" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q139" s="142">
+      <c r="Q139" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R139" s="142">
+      <c r="R139" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S139" s="143">
+      <c r="S139" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T139" s="48"/>
       <c r="U139" s="49"/>
       <c r="V139" s="49"/>
       <c r="W139" s="49"/>
       <c r="X139" s="49"/>
       <c r="Y139" s="49"/>
     </row>
     <row r="140" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="11"/>
       <c r="B140" s="12"/>
       <c r="C140" s="12"/>
       <c r="D140" s="11"/>
       <c r="E140" s="12"/>
       <c r="F140" s="12"/>
       <c r="G140" s="11"/>
-      <c r="H140" s="144"/>
-[...1 lines deleted...]
-      <c r="J140" s="145">
+      <c r="H140" s="146"/>
+      <c r="I140" s="146"/>
+      <c r="J140" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K140" s="144"/>
-[...4 lines deleted...]
-      <c r="P140" s="147">
+      <c r="K140" s="146"/>
+      <c r="L140" s="148"/>
+      <c r="M140" s="148"/>
+      <c r="N140" s="148"/>
+      <c r="O140" s="148"/>
+      <c r="P140" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q140" s="147">
+      <c r="Q140" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R140" s="147">
+      <c r="R140" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S140" s="148">
+      <c r="S140" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T140" s="50"/>
       <c r="U140" s="51"/>
       <c r="V140" s="51"/>
       <c r="W140" s="51"/>
       <c r="X140" s="51"/>
       <c r="Y140" s="51"/>
     </row>
     <row r="141" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A141" s="4"/>
       <c r="B141" s="5"/>
       <c r="C141" s="5"/>
       <c r="D141" s="4"/>
       <c r="E141" s="5"/>
       <c r="F141" s="5"/>
       <c r="G141" s="4"/>
-      <c r="H141" s="139"/>
-[...1 lines deleted...]
-      <c r="J141" s="140">
+      <c r="H141" s="141"/>
+      <c r="I141" s="141"/>
+      <c r="J141" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K141" s="139"/>
-[...4 lines deleted...]
-      <c r="P141" s="142">
+      <c r="K141" s="141"/>
+      <c r="L141" s="143"/>
+      <c r="M141" s="143"/>
+      <c r="N141" s="143"/>
+      <c r="O141" s="143"/>
+      <c r="P141" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q141" s="142">
+      <c r="Q141" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R141" s="142">
+      <c r="R141" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S141" s="143">
+      <c r="S141" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T141" s="48"/>
       <c r="U141" s="49"/>
       <c r="V141" s="49"/>
       <c r="W141" s="49"/>
       <c r="X141" s="49"/>
       <c r="Y141" s="49"/>
     </row>
     <row r="142" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11"/>
       <c r="B142" s="12"/>
       <c r="C142" s="12"/>
       <c r="D142" s="11"/>
       <c r="E142" s="12"/>
       <c r="F142" s="12"/>
       <c r="G142" s="11"/>
-      <c r="H142" s="144"/>
-[...1 lines deleted...]
-      <c r="J142" s="145">
+      <c r="H142" s="146"/>
+      <c r="I142" s="146"/>
+      <c r="J142" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K142" s="144"/>
-[...4 lines deleted...]
-      <c r="P142" s="147">
+      <c r="K142" s="146"/>
+      <c r="L142" s="148"/>
+      <c r="M142" s="148"/>
+      <c r="N142" s="148"/>
+      <c r="O142" s="148"/>
+      <c r="P142" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q142" s="147">
+      <c r="Q142" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R142" s="147">
+      <c r="R142" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S142" s="148">
+      <c r="S142" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T142" s="50"/>
       <c r="U142" s="51"/>
       <c r="V142" s="51"/>
       <c r="W142" s="51"/>
       <c r="X142" s="51"/>
       <c r="Y142" s="51"/>
     </row>
     <row r="143" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A143" s="4"/>
       <c r="B143" s="5"/>
       <c r="C143" s="5"/>
       <c r="D143" s="4"/>
       <c r="E143" s="5"/>
       <c r="F143" s="5"/>
       <c r="G143" s="4"/>
-      <c r="H143" s="139"/>
-[...1 lines deleted...]
-      <c r="J143" s="140">
+      <c r="H143" s="141"/>
+      <c r="I143" s="141"/>
+      <c r="J143" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K143" s="139"/>
-[...4 lines deleted...]
-      <c r="P143" s="142">
+      <c r="K143" s="141"/>
+      <c r="L143" s="143"/>
+      <c r="M143" s="143"/>
+      <c r="N143" s="143"/>
+      <c r="O143" s="143"/>
+      <c r="P143" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q143" s="142">
+      <c r="Q143" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R143" s="142">
+      <c r="R143" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S143" s="143">
+      <c r="S143" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T143" s="48"/>
       <c r="U143" s="49"/>
       <c r="V143" s="49"/>
       <c r="W143" s="49"/>
       <c r="X143" s="49"/>
       <c r="Y143" s="49"/>
     </row>
     <row r="144" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="11"/>
       <c r="B144" s="12"/>
       <c r="C144" s="12"/>
       <c r="D144" s="11"/>
       <c r="E144" s="12"/>
       <c r="F144" s="12"/>
       <c r="G144" s="11"/>
-      <c r="H144" s="144"/>
-[...1 lines deleted...]
-      <c r="J144" s="145">
+      <c r="H144" s="146"/>
+      <c r="I144" s="146"/>
+      <c r="J144" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K144" s="144"/>
-[...4 lines deleted...]
-      <c r="P144" s="147">
+      <c r="K144" s="146"/>
+      <c r="L144" s="148"/>
+      <c r="M144" s="148"/>
+      <c r="N144" s="148"/>
+      <c r="O144" s="148"/>
+      <c r="P144" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q144" s="147">
+      <c r="Q144" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R144" s="147">
+      <c r="R144" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S144" s="148">
+      <c r="S144" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T144" s="50"/>
       <c r="U144" s="51"/>
       <c r="V144" s="51"/>
       <c r="W144" s="51"/>
       <c r="X144" s="51"/>
       <c r="Y144" s="51"/>
     </row>
     <row r="145" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A145" s="4"/>
       <c r="B145" s="5"/>
       <c r="C145" s="5"/>
       <c r="D145" s="4"/>
       <c r="E145" s="5"/>
       <c r="F145" s="5"/>
       <c r="G145" s="4"/>
-      <c r="H145" s="139"/>
-[...1 lines deleted...]
-      <c r="J145" s="140">
+      <c r="H145" s="141"/>
+      <c r="I145" s="141"/>
+      <c r="J145" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K145" s="139"/>
-[...4 lines deleted...]
-      <c r="P145" s="142">
+      <c r="K145" s="141"/>
+      <c r="L145" s="143"/>
+      <c r="M145" s="143"/>
+      <c r="N145" s="143"/>
+      <c r="O145" s="143"/>
+      <c r="P145" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q145" s="142">
+      <c r="Q145" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R145" s="142">
+      <c r="R145" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S145" s="143">
+      <c r="S145" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T145" s="48"/>
       <c r="U145" s="49"/>
       <c r="V145" s="49"/>
       <c r="W145" s="49"/>
       <c r="X145" s="49"/>
       <c r="Y145" s="49"/>
     </row>
     <row r="146" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="11"/>
       <c r="B146" s="12"/>
       <c r="C146" s="12"/>
       <c r="D146" s="11"/>
       <c r="E146" s="12"/>
       <c r="F146" s="12"/>
       <c r="G146" s="11"/>
-      <c r="H146" s="144"/>
-[...1 lines deleted...]
-      <c r="J146" s="145">
+      <c r="H146" s="146"/>
+      <c r="I146" s="146"/>
+      <c r="J146" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K146" s="144"/>
-[...4 lines deleted...]
-      <c r="P146" s="147">
+      <c r="K146" s="146"/>
+      <c r="L146" s="148"/>
+      <c r="M146" s="148"/>
+      <c r="N146" s="148"/>
+      <c r="O146" s="148"/>
+      <c r="P146" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q146" s="147">
+      <c r="Q146" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R146" s="147">
+      <c r="R146" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S146" s="148">
+      <c r="S146" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T146" s="50"/>
       <c r="U146" s="51"/>
       <c r="V146" s="51"/>
       <c r="W146" s="51"/>
       <c r="X146" s="51"/>
       <c r="Y146" s="51"/>
     </row>
     <row r="147" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A147" s="4"/>
       <c r="B147" s="5"/>
       <c r="C147" s="5"/>
       <c r="D147" s="4"/>
       <c r="E147" s="5"/>
       <c r="F147" s="5"/>
       <c r="G147" s="4"/>
-      <c r="H147" s="139"/>
-[...1 lines deleted...]
-      <c r="J147" s="140">
+      <c r="H147" s="141"/>
+      <c r="I147" s="141"/>
+      <c r="J147" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K147" s="139"/>
-[...4 lines deleted...]
-      <c r="P147" s="142">
+      <c r="K147" s="141"/>
+      <c r="L147" s="143"/>
+      <c r="M147" s="143"/>
+      <c r="N147" s="143"/>
+      <c r="O147" s="143"/>
+      <c r="P147" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q147" s="142">
+      <c r="Q147" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R147" s="142">
+      <c r="R147" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S147" s="143">
+      <c r="S147" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T147" s="48"/>
       <c r="U147" s="49"/>
       <c r="V147" s="49"/>
       <c r="W147" s="49"/>
       <c r="X147" s="49"/>
       <c r="Y147" s="49"/>
     </row>
     <row r="148" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A148" s="11"/>
       <c r="B148" s="12"/>
       <c r="C148" s="12"/>
       <c r="D148" s="11"/>
       <c r="E148" s="12"/>
       <c r="F148" s="12"/>
       <c r="G148" s="11"/>
-      <c r="H148" s="144"/>
-[...1 lines deleted...]
-      <c r="J148" s="145">
+      <c r="H148" s="146"/>
+      <c r="I148" s="146"/>
+      <c r="J148" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K148" s="144"/>
-[...4 lines deleted...]
-      <c r="P148" s="147">
+      <c r="K148" s="146"/>
+      <c r="L148" s="148"/>
+      <c r="M148" s="148"/>
+      <c r="N148" s="148"/>
+      <c r="O148" s="148"/>
+      <c r="P148" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q148" s="147">
+      <c r="Q148" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R148" s="147">
+      <c r="R148" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S148" s="148">
+      <c r="S148" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T148" s="50"/>
       <c r="U148" s="51"/>
       <c r="V148" s="51"/>
       <c r="W148" s="51"/>
       <c r="X148" s="51"/>
       <c r="Y148" s="51"/>
     </row>
     <row r="149" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A149" s="4"/>
       <c r="B149" s="5"/>
       <c r="C149" s="5"/>
       <c r="D149" s="4"/>
       <c r="E149" s="5"/>
       <c r="F149" s="5"/>
       <c r="G149" s="4"/>
-      <c r="H149" s="139"/>
-[...1 lines deleted...]
-      <c r="J149" s="140">
+      <c r="H149" s="141"/>
+      <c r="I149" s="141"/>
+      <c r="J149" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K149" s="139"/>
-[...4 lines deleted...]
-      <c r="P149" s="142">
+      <c r="K149" s="141"/>
+      <c r="L149" s="143"/>
+      <c r="M149" s="143"/>
+      <c r="N149" s="143"/>
+      <c r="O149" s="143"/>
+      <c r="P149" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q149" s="142">
+      <c r="Q149" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R149" s="142">
+      <c r="R149" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S149" s="143">
+      <c r="S149" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T149" s="48"/>
       <c r="U149" s="49"/>
       <c r="V149" s="49"/>
       <c r="W149" s="49"/>
       <c r="X149" s="49"/>
       <c r="Y149" s="49"/>
     </row>
     <row r="150" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A150" s="11"/>
       <c r="B150" s="12"/>
       <c r="C150" s="12"/>
       <c r="D150" s="11"/>
       <c r="E150" s="12"/>
       <c r="F150" s="12"/>
       <c r="G150" s="11"/>
-      <c r="H150" s="144"/>
-[...1 lines deleted...]
-      <c r="J150" s="145">
+      <c r="H150" s="146"/>
+      <c r="I150" s="146"/>
+      <c r="J150" s="147">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K150" s="144"/>
-[...4 lines deleted...]
-      <c r="P150" s="147">
+      <c r="K150" s="146"/>
+      <c r="L150" s="148"/>
+      <c r="M150" s="148"/>
+      <c r="N150" s="148"/>
+      <c r="O150" s="148"/>
+      <c r="P150" s="149">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q150" s="147">
+      <c r="Q150" s="149">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R150" s="147">
+      <c r="R150" s="149">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S150" s="148">
+      <c r="S150" s="150">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T150" s="50"/>
       <c r="U150" s="51"/>
       <c r="V150" s="51"/>
       <c r="W150" s="51"/>
       <c r="X150" s="51"/>
       <c r="Y150" s="51"/>
     </row>
     <row r="151" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A151" s="4"/>
       <c r="B151" s="5"/>
       <c r="C151" s="5"/>
       <c r="D151" s="4"/>
       <c r="E151" s="5"/>
       <c r="F151" s="5"/>
       <c r="G151" s="4"/>
-      <c r="H151" s="139"/>
-[...1 lines deleted...]
-      <c r="J151" s="140">
+      <c r="H151" s="141"/>
+      <c r="I151" s="141"/>
+      <c r="J151" s="142">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K151" s="139"/>
-[...4 lines deleted...]
-      <c r="P151" s="142">
+      <c r="K151" s="141"/>
+      <c r="L151" s="143"/>
+      <c r="M151" s="143"/>
+      <c r="N151" s="143"/>
+      <c r="O151" s="143"/>
+      <c r="P151" s="144">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q151" s="142">
+      <c r="Q151" s="144">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R151" s="142">
+      <c r="R151" s="144">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S151" s="143">
+      <c r="S151" s="145">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T151" s="48"/>
       <c r="U151" s="49"/>
       <c r="V151" s="49"/>
       <c r="W151" s="49"/>
       <c r="X151" s="49"/>
       <c r="Y151" s="49"/>
     </row>
     <row r="152" spans="1:25" s="13" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="14"/>
       <c r="B152" s="15"/>
       <c r="C152" s="15"/>
       <c r="D152" s="14"/>
       <c r="E152" s="15"/>
       <c r="F152" s="15"/>
       <c r="G152" s="14"/>
-      <c r="H152" s="151"/>
-[...1 lines deleted...]
-      <c r="J152" s="156">
+      <c r="H152" s="153"/>
+      <c r="I152" s="153"/>
+      <c r="J152" s="158">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K152" s="151"/>
-[...4 lines deleted...]
-      <c r="P152" s="157">
+      <c r="K152" s="153"/>
+      <c r="L152" s="153"/>
+      <c r="M152" s="153"/>
+      <c r="N152" s="153"/>
+      <c r="O152" s="153"/>
+      <c r="P152" s="159">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q152" s="157">
+      <c r="Q152" s="159">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R152" s="156">
+      <c r="R152" s="158">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S152" s="158">
+      <c r="S152" s="160">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T152" s="54"/>
       <c r="U152" s="55"/>
       <c r="V152" s="55"/>
       <c r="W152" s="55"/>
       <c r="X152" s="55"/>
       <c r="Y152" s="55"/>
     </row>
     <row r="153" spans="1:25" s="28" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A153" s="80" t="s">
+      <c r="A153" s="81" t="s">
         <v>75</v>
       </c>
-      <c r="B153" s="81"/>
-[...6 lines deleted...]
-      <c r="I153" s="82">
+      <c r="B153" s="82"/>
+      <c r="C153" s="82"/>
+      <c r="D153" s="82"/>
+      <c r="E153" s="82"/>
+      <c r="F153" s="82"/>
+      <c r="G153" s="82"/>
+      <c r="H153" s="83"/>
+      <c r="I153" s="83">
         <f t="shared" ref="I153:S153" si="22">SUM(I128:I152)</f>
         <v>0</v>
       </c>
-      <c r="J153" s="82">
+      <c r="J153" s="83">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="K153" s="82">
+      <c r="K153" s="83">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="L153" s="82">
+      <c r="L153" s="83">
         <f>SUM(L128:L152)</f>
         <v>0</v>
       </c>
-      <c r="M153" s="82">
+      <c r="M153" s="83">
         <f>SUM(M128:M152)</f>
         <v>0</v>
       </c>
-      <c r="N153" s="82">
+      <c r="N153" s="83">
         <f>SUM(N128:N152)</f>
         <v>0</v>
       </c>
-      <c r="O153" s="82">
+      <c r="O153" s="83">
         <f>SUM(O128:O152)</f>
         <v>0</v>
       </c>
-      <c r="P153" s="82">
+      <c r="P153" s="83">
         <f>SUM(P128:P152)</f>
         <v>0</v>
       </c>
-      <c r="Q153" s="82">
+      <c r="Q153" s="83">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="R153" s="82">
+      <c r="R153" s="83">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="S153" s="82">
+      <c r="S153" s="83">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="T153" s="83"/>
-[...4 lines deleted...]
-      <c r="Y153" s="85"/>
+      <c r="T153" s="84"/>
+      <c r="U153" s="85"/>
+      <c r="V153" s="85"/>
+      <c r="W153" s="85"/>
+      <c r="X153" s="85"/>
+      <c r="Y153" s="86"/>
     </row>
     <row r="154" spans="1:25" s="39" customFormat="1" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A154" s="86" t="s">
+      <c r="A154" s="87" t="s">
         <v>76</v>
       </c>
-      <c r="B154" s="87"/>
-[...6 lines deleted...]
-      <c r="I154" s="89">
+      <c r="B154" s="88"/>
+      <c r="C154" s="88"/>
+      <c r="D154" s="88"/>
+      <c r="E154" s="88"/>
+      <c r="F154" s="88"/>
+      <c r="G154" s="88"/>
+      <c r="H154" s="89"/>
+      <c r="I154" s="90">
         <f t="shared" ref="I154:S154" si="23">SUM(I153,I123,I43)</f>
         <v>0</v>
       </c>
-      <c r="J154" s="89">
+      <c r="J154" s="90">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="K154" s="89">
+      <c r="K154" s="90">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="L154" s="89">
+      <c r="L154" s="90">
         <f>SUM(L153,L123,L43)</f>
         <v>0</v>
       </c>
-      <c r="M154" s="89">
+      <c r="M154" s="90">
         <f>SUM(M153,M123,M43)</f>
         <v>0</v>
       </c>
-      <c r="N154" s="89">
+      <c r="N154" s="90">
         <f>SUM(N153,N123,N43)</f>
         <v>0</v>
       </c>
-      <c r="O154" s="89">
+      <c r="O154" s="90">
         <f>SUM(O153,O123,O43)</f>
         <v>0</v>
       </c>
-      <c r="P154" s="89">
+      <c r="P154" s="90">
         <f>SUM(P153,P123,P43)</f>
         <v>0</v>
       </c>
-      <c r="Q154" s="89">
+      <c r="Q154" s="90">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="R154" s="89">
+      <c r="R154" s="90">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="S154" s="89">
+      <c r="S154" s="90">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="T154" s="90"/>
-[...4 lines deleted...]
-      <c r="Y154" s="91"/>
+      <c r="T154" s="91"/>
+      <c r="U154" s="88"/>
+      <c r="V154" s="88"/>
+      <c r="W154" s="88"/>
+      <c r="X154" s="88"/>
+      <c r="Y154" s="92"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dLzrAWgyFyT14ftBwBPo38DTbAifl0rG+BfAKBe1rRh/NgZSrqy0ZZfh8I+TiWNYDwYSzZJMUiUiKMA6ahQSMw==" saltValue="kMfKfyT8/NoNWvMcTZEkUg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="R4NHxLNVd4l78Waa9j0SLda6q+oR44/iqFmzMPVdJQ7ZablKgXNbC7rkMbztEjKItFHTw0YpJTzAU7liooZXqg==" saltValue="77OkQQI2wy7Bwjay8Kt5RQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="70">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="Y125:Y127"/>
     <mergeCell ref="U125:U127"/>
     <mergeCell ref="V125:V127"/>
     <mergeCell ref="W125:W127"/>
     <mergeCell ref="X125:X127"/>
     <mergeCell ref="P125:P127"/>
     <mergeCell ref="Q125:Q127"/>
     <mergeCell ref="R125:R127"/>
     <mergeCell ref="S125:S127"/>
     <mergeCell ref="T125:T127"/>
     <mergeCell ref="K126:O126"/>
     <mergeCell ref="A125:A127"/>
     <mergeCell ref="B125:B127"/>
     <mergeCell ref="C125:C127"/>
     <mergeCell ref="D125:D127"/>
     <mergeCell ref="E125:E127"/>
     <mergeCell ref="F125:F127"/>
     <mergeCell ref="G125:G127"/>
     <mergeCell ref="H125:H127"/>
@@ -10259,1121 +10253,1124 @@
     <mergeCell ref="J45:J47"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="C10:C12"/>
     <mergeCell ref="D10:D12"/>
     <mergeCell ref="F10:F12"/>
     <mergeCell ref="G10:G12"/>
     <mergeCell ref="E10:E12"/>
     <mergeCell ref="V10:V12"/>
     <mergeCell ref="W10:W12"/>
     <mergeCell ref="X10:X12"/>
     <mergeCell ref="Y10:Y12"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="Q10:Q12"/>
     <mergeCell ref="R10:R12"/>
     <mergeCell ref="S10:S12"/>
     <mergeCell ref="T10:T12"/>
     <mergeCell ref="U10:U12"/>
     <mergeCell ref="H10:H12"/>
     <mergeCell ref="I10:I12"/>
     <mergeCell ref="J10:J12"/>
     <mergeCell ref="K11:O11"/>
     <mergeCell ref="P10:P12"/>
   </mergeCells>
-  <dataValidations count="6">
+  <dataValidations count="7">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E48:E122" xr:uid="{E9C40AAC-8587-4AEF-9690-68067CDB6C24}">
       <formula1>"Teacher, Assistant Teacher"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13:D42 D48:D122 D128:D152" xr:uid="{95B02094-048E-4DBD-9CA7-14C2D07142B0}">
       <formula1>"HS, EHS, PI, PFA, Child Care"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F13:F42 F48:F122 F128:F152" xr:uid="{95CAC0B9-096B-4DA8-9896-A023481DBAFD}">
       <formula1>"DCFS Qualified, Associate's, Bachelor's, Master's, PhD"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I13:I42 I48:I122 I128:I152" xr:uid="{A1E2F562-15B2-400A-A682-297E8F4FEC3F}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I13:I42 I48:I122 I129:I152" xr:uid="{A1E2F562-15B2-400A-A682-297E8F4FEC3F}">
       <formula1>"2.52, 3.77, 5.27, 2.25, 3.75, 5.25, 9.50, 12.33, 2.50, 3.75, 4.50, 2.50, 3.25, 4.50, 6.50, 8.00, 2.25, 3.50, 4.25, 2.85, 3.60, 4.85, 5.85, 8.35"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G13:G42 G48:G122 G128:G152" xr:uid="{E611B8E6-270C-471A-8D86-47A30288E1AD}">
       <formula1>"DCFS Qualified, ECE 1, ECE 2, ECE 3, ECE 4, ECE 5, ECE PEL"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E13:E42 E128:E152" xr:uid="{5C96337A-FD09-4198-89BA-8FCA52654BCF}">
       <formula1>"Teacher, Assistant Teacher, Director/Teacher, Director, Assistant Director, Sub/Floater"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I128" xr:uid="{89596D80-9FD6-4167-8FF0-C3FF92161ACA}">
+      <formula1>"2.52, 3.77, 5.27, 2.25, 3.75, 5.25, 9.50, 12.33, 2.50, 3.75, 4.50, 2.50, 3.25, 4.50, 6.50, 8.00, 2.25, 3.50, 4.25, 2.85, 3.60, 4.85, 5.85, 8.35, 7.70"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C62B9580-D31E-44F9-859D-698DAE3928C3}">
   <dimension ref="A1:N61"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.6640625" style="59" customWidth="1"/>
     <col min="2" max="2" width="49.5546875" style="58" customWidth="1"/>
     <col min="3" max="3" width="21.6640625" style="59" customWidth="1"/>
     <col min="4" max="4" width="30.88671875" style="58" customWidth="1"/>
     <col min="5" max="5" width="70.6640625" style="58" customWidth="1"/>
     <col min="6" max="6" width="16.77734375" style="58" customWidth="1"/>
     <col min="7" max="13" width="16.88671875" style="58" customWidth="1"/>
     <col min="14" max="14" width="117.21875" style="58" customWidth="1"/>
     <col min="15" max="16384" width="8.88671875" style="58"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="21" x14ac:dyDescent="0.4">
-      <c r="A1" s="216" t="s">
+      <c r="A1" s="222" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="217"/>
-[...2 lines deleted...]
-      <c r="E1" s="218"/>
+      <c r="B1" s="223"/>
+      <c r="C1" s="223"/>
+      <c r="D1" s="223"/>
+      <c r="E1" s="224"/>
     </row>
     <row r="2" spans="1:12" ht="21" x14ac:dyDescent="0.4">
-      <c r="A2" s="223" t="s">
+      <c r="A2" s="229" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="224"/>
-[...2 lines deleted...]
-      <c r="E2" s="224"/>
+      <c r="B2" s="230"/>
+      <c r="C2" s="230"/>
+      <c r="D2" s="230"/>
+      <c r="E2" s="230"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A3" s="65" t="s">
         <v>83</v>
       </c>
-      <c r="B3" s="228"/>
-[...3 lines deleted...]
-      <c r="F3" s="101"/>
+      <c r="B3" s="234"/>
+      <c r="C3" s="235"/>
+      <c r="D3" s="235"/>
+      <c r="E3" s="236"/>
+      <c r="F3" s="103"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A4" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="228"/>
-[...3 lines deleted...]
-      <c r="F4" s="101"/>
+      <c r="B4" s="234"/>
+      <c r="C4" s="235"/>
+      <c r="D4" s="235"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="103"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A5" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="228"/>
-[...3 lines deleted...]
-      <c r="F5" s="101"/>
+      <c r="B5" s="234"/>
+      <c r="C5" s="235"/>
+      <c r="D5" s="235"/>
+      <c r="E5" s="236"/>
+      <c r="F5" s="103"/>
     </row>
     <row r="6" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="106" t="s">
+      <c r="A6" s="108" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="231"/>
-[...3 lines deleted...]
-      <c r="F6" s="101"/>
+      <c r="B6" s="237"/>
+      <c r="C6" s="238"/>
+      <c r="D6" s="238"/>
+      <c r="E6" s="239"/>
+      <c r="F6" s="103"/>
     </row>
     <row r="7" spans="1:12" ht="21.6" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A7" s="225" t="s">
+      <c r="A7" s="231" t="s">
         <v>81</v>
       </c>
-      <c r="B7" s="226"/>
-[...3 lines deleted...]
-      <c r="F7" s="222" t="s">
+      <c r="B7" s="232"/>
+      <c r="C7" s="232"/>
+      <c r="D7" s="232"/>
+      <c r="E7" s="233"/>
+      <c r="F7" s="228" t="s">
         <v>6</v>
       </c>
-      <c r="G7" s="220"/>
-[...4 lines deleted...]
-      <c r="L7" s="221"/>
+      <c r="G7" s="226"/>
+      <c r="H7" s="226"/>
+      <c r="I7" s="226"/>
+      <c r="J7" s="226"/>
+      <c r="K7" s="226"/>
+      <c r="L7" s="227"/>
     </row>
     <row r="8" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="107" t="s">
+      <c r="A8" s="109" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="108" t="s">
+      <c r="B8" s="110" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="107" t="s">
+      <c r="C8" s="109" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="108" t="s">
+      <c r="D8" s="110" t="s">
         <v>14</v>
       </c>
-      <c r="E8" s="108" t="s">
+      <c r="E8" s="110" t="s">
         <v>15</v>
       </c>
-      <c r="F8" s="219" t="s">
+      <c r="F8" s="225" t="s">
         <v>7</v>
       </c>
-      <c r="G8" s="220"/>
-[...4 lines deleted...]
-      <c r="L8" s="221"/>
+      <c r="G8" s="226"/>
+      <c r="H8" s="226"/>
+      <c r="I8" s="226"/>
+      <c r="J8" s="226"/>
+      <c r="K8" s="226"/>
+      <c r="L8" s="227"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A9" s="98"/>
-[...10 lines deleted...]
-      <c r="L9" s="215"/>
+      <c r="A9" s="100"/>
+      <c r="B9" s="101"/>
+      <c r="C9" s="124"/>
+      <c r="D9" s="101"/>
+      <c r="E9" s="102"/>
+      <c r="F9" s="219"/>
+      <c r="G9" s="220"/>
+      <c r="H9" s="220"/>
+      <c r="I9" s="220"/>
+      <c r="J9" s="220"/>
+      <c r="K9" s="220"/>
+      <c r="L9" s="221"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A10" s="76"/>
-[...2 lines deleted...]
-      <c r="D10" s="77"/>
+      <c r="A10" s="77"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="125"/>
+      <c r="D10" s="78"/>
       <c r="E10" s="5"/>
-      <c r="F10" s="199"/>
-[...5 lines deleted...]
-      <c r="L10" s="201"/>
+      <c r="F10" s="205"/>
+      <c r="G10" s="206"/>
+      <c r="H10" s="206"/>
+      <c r="I10" s="206"/>
+      <c r="J10" s="206"/>
+      <c r="K10" s="206"/>
+      <c r="L10" s="207"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A11" s="76"/>
-[...2 lines deleted...]
-      <c r="D11" s="77"/>
+      <c r="A11" s="77"/>
+      <c r="B11" s="78"/>
+      <c r="C11" s="125"/>
+      <c r="D11" s="78"/>
       <c r="E11" s="5"/>
-      <c r="F11" s="199"/>
-[...5 lines deleted...]
-      <c r="L11" s="201"/>
+      <c r="F11" s="205"/>
+      <c r="G11" s="206"/>
+      <c r="H11" s="206"/>
+      <c r="I11" s="206"/>
+      <c r="J11" s="206"/>
+      <c r="K11" s="206"/>
+      <c r="L11" s="207"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A12" s="76"/>
-[...2 lines deleted...]
-      <c r="D12" s="77"/>
+      <c r="A12" s="77"/>
+      <c r="B12" s="78"/>
+      <c r="C12" s="125"/>
+      <c r="D12" s="78"/>
       <c r="E12" s="5"/>
-      <c r="F12" s="199"/>
-[...5 lines deleted...]
-      <c r="L12" s="201"/>
+      <c r="F12" s="205"/>
+      <c r="G12" s="206"/>
+      <c r="H12" s="206"/>
+      <c r="I12" s="206"/>
+      <c r="J12" s="206"/>
+      <c r="K12" s="206"/>
+      <c r="L12" s="207"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A13" s="76"/>
-[...2 lines deleted...]
-      <c r="D13" s="77"/>
+      <c r="A13" s="77"/>
+      <c r="B13" s="78"/>
+      <c r="C13" s="125"/>
+      <c r="D13" s="78"/>
       <c r="E13" s="5"/>
-      <c r="F13" s="199"/>
-[...5 lines deleted...]
-      <c r="L13" s="201"/>
+      <c r="F13" s="205"/>
+      <c r="G13" s="206"/>
+      <c r="H13" s="206"/>
+      <c r="I13" s="206"/>
+      <c r="J13" s="206"/>
+      <c r="K13" s="206"/>
+      <c r="L13" s="207"/>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A14" s="76"/>
-[...2 lines deleted...]
-      <c r="D14" s="77"/>
+      <c r="A14" s="77"/>
+      <c r="B14" s="78"/>
+      <c r="C14" s="125"/>
+      <c r="D14" s="78"/>
       <c r="E14" s="5"/>
-      <c r="F14" s="199"/>
-[...5 lines deleted...]
-      <c r="L14" s="201"/>
+      <c r="F14" s="205"/>
+      <c r="G14" s="206"/>
+      <c r="H14" s="206"/>
+      <c r="I14" s="206"/>
+      <c r="J14" s="206"/>
+      <c r="K14" s="206"/>
+      <c r="L14" s="207"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A15" s="76"/>
-[...2 lines deleted...]
-      <c r="D15" s="77"/>
+      <c r="A15" s="77"/>
+      <c r="B15" s="78"/>
+      <c r="C15" s="125"/>
+      <c r="D15" s="78"/>
       <c r="E15" s="5"/>
-      <c r="F15" s="199"/>
-[...5 lines deleted...]
-      <c r="L15" s="201"/>
+      <c r="F15" s="205"/>
+      <c r="G15" s="206"/>
+      <c r="H15" s="206"/>
+      <c r="I15" s="206"/>
+      <c r="J15" s="206"/>
+      <c r="K15" s="206"/>
+      <c r="L15" s="207"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A16" s="76"/>
-[...2 lines deleted...]
-      <c r="D16" s="77"/>
+      <c r="A16" s="77"/>
+      <c r="B16" s="78"/>
+      <c r="C16" s="125"/>
+      <c r="D16" s="78"/>
       <c r="E16" s="5"/>
-      <c r="F16" s="199"/>
-[...5 lines deleted...]
-      <c r="L16" s="201"/>
+      <c r="F16" s="205"/>
+      <c r="G16" s="206"/>
+      <c r="H16" s="206"/>
+      <c r="I16" s="206"/>
+      <c r="J16" s="206"/>
+      <c r="K16" s="206"/>
+      <c r="L16" s="207"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A17" s="76"/>
-[...2 lines deleted...]
-      <c r="D17" s="77"/>
+      <c r="A17" s="77"/>
+      <c r="B17" s="78"/>
+      <c r="C17" s="125"/>
+      <c r="D17" s="78"/>
       <c r="E17" s="5"/>
-      <c r="F17" s="199"/>
-[...5 lines deleted...]
-      <c r="L17" s="201"/>
+      <c r="F17" s="205"/>
+      <c r="G17" s="206"/>
+      <c r="H17" s="206"/>
+      <c r="I17" s="206"/>
+      <c r="J17" s="206"/>
+      <c r="K17" s="206"/>
+      <c r="L17" s="207"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A18" s="76"/>
-[...2 lines deleted...]
-      <c r="D18" s="77"/>
+      <c r="A18" s="77"/>
+      <c r="B18" s="78"/>
+      <c r="C18" s="125"/>
+      <c r="D18" s="78"/>
       <c r="E18" s="5"/>
-      <c r="F18" s="199"/>
-[...5 lines deleted...]
-      <c r="L18" s="201"/>
+      <c r="F18" s="205"/>
+      <c r="G18" s="206"/>
+      <c r="H18" s="206"/>
+      <c r="I18" s="206"/>
+      <c r="J18" s="206"/>
+      <c r="K18" s="206"/>
+      <c r="L18" s="207"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A19" s="76"/>
-[...2 lines deleted...]
-      <c r="D19" s="77"/>
+      <c r="A19" s="77"/>
+      <c r="B19" s="78"/>
+      <c r="C19" s="125"/>
+      <c r="D19" s="78"/>
       <c r="E19" s="5"/>
-      <c r="F19" s="199"/>
-[...5 lines deleted...]
-      <c r="L19" s="201"/>
+      <c r="F19" s="205"/>
+      <c r="G19" s="206"/>
+      <c r="H19" s="206"/>
+      <c r="I19" s="206"/>
+      <c r="J19" s="206"/>
+      <c r="K19" s="206"/>
+      <c r="L19" s="207"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A20" s="76"/>
-[...2 lines deleted...]
-      <c r="D20" s="77"/>
+      <c r="A20" s="77"/>
+      <c r="B20" s="78"/>
+      <c r="C20" s="125"/>
+      <c r="D20" s="78"/>
       <c r="E20" s="5"/>
-      <c r="F20" s="199"/>
-[...5 lines deleted...]
-      <c r="L20" s="201"/>
+      <c r="F20" s="205"/>
+      <c r="G20" s="206"/>
+      <c r="H20" s="206"/>
+      <c r="I20" s="206"/>
+      <c r="J20" s="206"/>
+      <c r="K20" s="206"/>
+      <c r="L20" s="207"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A21" s="76"/>
-[...2 lines deleted...]
-      <c r="D21" s="77"/>
+      <c r="A21" s="77"/>
+      <c r="B21" s="78"/>
+      <c r="C21" s="125"/>
+      <c r="D21" s="78"/>
       <c r="E21" s="5"/>
-      <c r="F21" s="199"/>
-[...5 lines deleted...]
-      <c r="L21" s="201"/>
+      <c r="F21" s="205"/>
+      <c r="G21" s="206"/>
+      <c r="H21" s="206"/>
+      <c r="I21" s="206"/>
+      <c r="J21" s="206"/>
+      <c r="K21" s="206"/>
+      <c r="L21" s="207"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A22" s="76"/>
-[...2 lines deleted...]
-      <c r="D22" s="77"/>
+      <c r="A22" s="77"/>
+      <c r="B22" s="78"/>
+      <c r="C22" s="125"/>
+      <c r="D22" s="78"/>
       <c r="E22" s="5"/>
-      <c r="F22" s="199"/>
-[...5 lines deleted...]
-      <c r="L22" s="201"/>
+      <c r="F22" s="205"/>
+      <c r="G22" s="206"/>
+      <c r="H22" s="206"/>
+      <c r="I22" s="206"/>
+      <c r="J22" s="206"/>
+      <c r="K22" s="206"/>
+      <c r="L22" s="207"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A23" s="76"/>
-[...2 lines deleted...]
-      <c r="D23" s="77"/>
+      <c r="A23" s="77"/>
+      <c r="B23" s="78"/>
+      <c r="C23" s="125"/>
+      <c r="D23" s="78"/>
       <c r="E23" s="5"/>
-      <c r="F23" s="199"/>
-[...5 lines deleted...]
-      <c r="L23" s="201"/>
+      <c r="F23" s="205"/>
+      <c r="G23" s="206"/>
+      <c r="H23" s="206"/>
+      <c r="I23" s="206"/>
+      <c r="J23" s="206"/>
+      <c r="K23" s="206"/>
+      <c r="L23" s="207"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A24" s="76"/>
-[...2 lines deleted...]
-      <c r="D24" s="77"/>
+      <c r="A24" s="77"/>
+      <c r="B24" s="78"/>
+      <c r="C24" s="125"/>
+      <c r="D24" s="78"/>
       <c r="E24" s="5"/>
-      <c r="F24" s="199"/>
-[...5 lines deleted...]
-      <c r="L24" s="201"/>
+      <c r="F24" s="205"/>
+      <c r="G24" s="206"/>
+      <c r="H24" s="206"/>
+      <c r="I24" s="206"/>
+      <c r="J24" s="206"/>
+      <c r="K24" s="206"/>
+      <c r="L24" s="207"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A25" s="76"/>
-[...2 lines deleted...]
-      <c r="D25" s="77"/>
+      <c r="A25" s="77"/>
+      <c r="B25" s="78"/>
+      <c r="C25" s="125"/>
+      <c r="D25" s="78"/>
       <c r="E25" s="5"/>
-      <c r="F25" s="199"/>
-[...5 lines deleted...]
-      <c r="L25" s="201"/>
+      <c r="F25" s="205"/>
+      <c r="G25" s="206"/>
+      <c r="H25" s="206"/>
+      <c r="I25" s="206"/>
+      <c r="J25" s="206"/>
+      <c r="K25" s="206"/>
+      <c r="L25" s="207"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A26" s="76"/>
-[...2 lines deleted...]
-      <c r="D26" s="77"/>
+      <c r="A26" s="77"/>
+      <c r="B26" s="78"/>
+      <c r="C26" s="125"/>
+      <c r="D26" s="78"/>
       <c r="E26" s="5"/>
-      <c r="F26" s="199"/>
-[...5 lines deleted...]
-      <c r="L26" s="201"/>
+      <c r="F26" s="205"/>
+      <c r="G26" s="206"/>
+      <c r="H26" s="206"/>
+      <c r="I26" s="206"/>
+      <c r="J26" s="206"/>
+      <c r="K26" s="206"/>
+      <c r="L26" s="207"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A27" s="76"/>
-[...2 lines deleted...]
-      <c r="D27" s="77"/>
+      <c r="A27" s="77"/>
+      <c r="B27" s="78"/>
+      <c r="C27" s="125"/>
+      <c r="D27" s="78"/>
       <c r="E27" s="5"/>
-      <c r="F27" s="199"/>
-[...5 lines deleted...]
-      <c r="L27" s="201"/>
+      <c r="F27" s="205"/>
+      <c r="G27" s="206"/>
+      <c r="H27" s="206"/>
+      <c r="I27" s="206"/>
+      <c r="J27" s="206"/>
+      <c r="K27" s="206"/>
+      <c r="L27" s="207"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A28" s="76"/>
-[...2 lines deleted...]
-      <c r="D28" s="77"/>
+      <c r="A28" s="77"/>
+      <c r="B28" s="78"/>
+      <c r="C28" s="125"/>
+      <c r="D28" s="78"/>
       <c r="E28" s="5"/>
-      <c r="F28" s="199"/>
-[...5 lines deleted...]
-      <c r="L28" s="201"/>
+      <c r="F28" s="205"/>
+      <c r="G28" s="206"/>
+      <c r="H28" s="206"/>
+      <c r="I28" s="206"/>
+      <c r="J28" s="206"/>
+      <c r="K28" s="206"/>
+      <c r="L28" s="207"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A29" s="76"/>
-[...2 lines deleted...]
-      <c r="D29" s="77"/>
+      <c r="A29" s="77"/>
+      <c r="B29" s="78"/>
+      <c r="C29" s="125"/>
+      <c r="D29" s="78"/>
       <c r="E29" s="5"/>
-      <c r="F29" s="199"/>
-[...5 lines deleted...]
-      <c r="L29" s="201"/>
+      <c r="F29" s="205"/>
+      <c r="G29" s="206"/>
+      <c r="H29" s="206"/>
+      <c r="I29" s="206"/>
+      <c r="J29" s="206"/>
+      <c r="K29" s="206"/>
+      <c r="L29" s="207"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A30" s="76"/>
-[...2 lines deleted...]
-      <c r="D30" s="77"/>
+      <c r="A30" s="77"/>
+      <c r="B30" s="78"/>
+      <c r="C30" s="125"/>
+      <c r="D30" s="78"/>
       <c r="E30" s="5"/>
-      <c r="F30" s="199"/>
-[...5 lines deleted...]
-      <c r="L30" s="201"/>
+      <c r="F30" s="205"/>
+      <c r="G30" s="206"/>
+      <c r="H30" s="206"/>
+      <c r="I30" s="206"/>
+      <c r="J30" s="206"/>
+      <c r="K30" s="206"/>
+      <c r="L30" s="207"/>
     </row>
     <row r="31" spans="1:12" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="76"/>
-[...2 lines deleted...]
-      <c r="D31" s="77"/>
+      <c r="A31" s="77"/>
+      <c r="B31" s="78"/>
+      <c r="C31" s="125"/>
+      <c r="D31" s="78"/>
       <c r="E31" s="5"/>
-      <c r="F31" s="199"/>
-[...5 lines deleted...]
-      <c r="L31" s="201"/>
+      <c r="F31" s="205"/>
+      <c r="G31" s="206"/>
+      <c r="H31" s="206"/>
+      <c r="I31" s="206"/>
+      <c r="J31" s="206"/>
+      <c r="K31" s="206"/>
+      <c r="L31" s="207"/>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A32" s="76"/>
-[...2 lines deleted...]
-      <c r="D32" s="77"/>
+      <c r="A32" s="77"/>
+      <c r="B32" s="78"/>
+      <c r="C32" s="125"/>
+      <c r="D32" s="78"/>
       <c r="E32" s="5"/>
-      <c r="F32" s="199"/>
-[...5 lines deleted...]
-      <c r="L32" s="201"/>
+      <c r="F32" s="205"/>
+      <c r="G32" s="206"/>
+      <c r="H32" s="206"/>
+      <c r="I32" s="206"/>
+      <c r="J32" s="206"/>
+      <c r="K32" s="206"/>
+      <c r="L32" s="207"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A33" s="76"/>
-[...2 lines deleted...]
-      <c r="D33" s="77"/>
+      <c r="A33" s="77"/>
+      <c r="B33" s="78"/>
+      <c r="C33" s="125"/>
+      <c r="D33" s="78"/>
       <c r="E33" s="5"/>
-      <c r="F33" s="199"/>
-[...5 lines deleted...]
-      <c r="L33" s="201"/>
+      <c r="F33" s="205"/>
+      <c r="G33" s="206"/>
+      <c r="H33" s="206"/>
+      <c r="I33" s="206"/>
+      <c r="J33" s="206"/>
+      <c r="K33" s="206"/>
+      <c r="L33" s="207"/>
     </row>
     <row r="34" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="78"/>
-[...2 lines deleted...]
-      <c r="D34" s="79"/>
+      <c r="A34" s="79"/>
+      <c r="B34" s="80"/>
+      <c r="C34" s="126"/>
+      <c r="D34" s="80"/>
       <c r="E34" s="7"/>
-      <c r="F34" s="199"/>
-[...5 lines deleted...]
-      <c r="L34" s="201"/>
+      <c r="F34" s="205"/>
+      <c r="G34" s="206"/>
+      <c r="H34" s="206"/>
+      <c r="I34" s="206"/>
+      <c r="J34" s="206"/>
+      <c r="K34" s="206"/>
+      <c r="L34" s="207"/>
     </row>
     <row r="35" spans="1:14" ht="19.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="109" t="s">
+      <c r="A35" s="111" t="s">
         <v>16</v>
       </c>
-      <c r="B35" s="110"/>
-      <c r="C35" s="125">
+      <c r="B35" s="112"/>
+      <c r="C35" s="127">
         <f>SUM(C9:C34)</f>
         <v>0</v>
       </c>
-      <c r="D35" s="111"/>
-      <c r="E35" s="112"/>
+      <c r="D35" s="113"/>
+      <c r="E35" s="114"/>
     </row>
     <row r="36" spans="1:14" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="G36" s="102"/>
-[...5 lines deleted...]
-      <c r="M36" s="104"/>
+      <c r="G36" s="104"/>
+      <c r="H36" s="104"/>
+      <c r="I36" s="104"/>
+      <c r="J36" s="105"/>
+      <c r="K36" s="105"/>
+      <c r="L36" s="105"/>
+      <c r="M36" s="106"/>
     </row>
     <row r="37" spans="1:14" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A37" s="113" t="s">
+      <c r="A37" s="115" t="s">
         <v>42</v>
       </c>
-      <c r="B37" s="114"/>
-[...11 lines deleted...]
-      <c r="N37" s="70"/>
+      <c r="B37" s="116"/>
+      <c r="C37" s="117"/>
+      <c r="D37" s="116"/>
+      <c r="E37" s="70"/>
+      <c r="F37" s="70"/>
+      <c r="G37" s="70"/>
+      <c r="H37" s="70"/>
+      <c r="I37" s="70"/>
+      <c r="J37" s="70"/>
+      <c r="K37" s="70"/>
+      <c r="L37" s="70"/>
+      <c r="M37" s="70"/>
+      <c r="N37" s="71"/>
     </row>
     <row r="38" spans="1:14" ht="6" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="67"/>
-[...12 lines deleted...]
-      <c r="N38" s="68"/>
+      <c r="A38" s="68"/>
+      <c r="B38" s="69"/>
+      <c r="C38" s="68"/>
+      <c r="D38" s="69"/>
+      <c r="E38" s="69"/>
+      <c r="F38" s="69"/>
+      <c r="G38" s="69"/>
+      <c r="H38" s="69"/>
+      <c r="I38" s="69"/>
+      <c r="J38" s="69"/>
+      <c r="K38" s="69"/>
+      <c r="L38" s="69"/>
+      <c r="M38" s="69"/>
+      <c r="N38" s="69"/>
     </row>
     <row r="39" spans="1:14" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="116" t="s">
+      <c r="A39" s="118" t="s">
         <v>3</v>
       </c>
-      <c r="B39" s="116" t="s">
+      <c r="B39" s="118" t="s">
         <v>4</v>
       </c>
-      <c r="C39" s="116" t="s">
+      <c r="C39" s="118" t="s">
         <v>5</v>
       </c>
-      <c r="D39" s="116" t="s">
+      <c r="D39" s="118" t="s">
         <v>31</v>
       </c>
-      <c r="E39" s="116" t="s">
+      <c r="E39" s="118" t="s">
         <v>43</v>
       </c>
-      <c r="F39" s="131" t="s">
+      <c r="F39" s="133" t="s">
         <v>23</v>
       </c>
-      <c r="G39" s="131" t="s">
+      <c r="G39" s="133" t="s">
         <v>24</v>
       </c>
-      <c r="H39" s="131" t="s">
+      <c r="H39" s="133" t="s">
         <v>25</v>
       </c>
-      <c r="I39" s="131" t="s">
+      <c r="I39" s="133" t="s">
         <v>26</v>
       </c>
-      <c r="J39" s="131" t="s">
+      <c r="J39" s="133" t="s">
         <v>27</v>
       </c>
-      <c r="K39" s="116" t="s">
+      <c r="K39" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="L39" s="116" t="s">
+      <c r="L39" s="118" t="s">
         <v>44</v>
       </c>
-      <c r="M39" s="117" t="s">
+      <c r="M39" s="119" t="s">
         <v>45</v>
       </c>
-      <c r="N39" s="118" t="s">
+      <c r="N39" s="120" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A40" s="191"/>
-[...4 lines deleted...]
-      <c r="F40" s="196" t="s">
+      <c r="A40" s="197"/>
+      <c r="B40" s="198"/>
+      <c r="C40" s="198"/>
+      <c r="D40" s="198"/>
+      <c r="E40" s="199"/>
+      <c r="F40" s="202" t="s">
         <v>39</v>
       </c>
-      <c r="G40" s="197"/>
-[...6 lines deleted...]
-      <c r="N40" s="208"/>
+      <c r="G40" s="203"/>
+      <c r="H40" s="203"/>
+      <c r="I40" s="203"/>
+      <c r="J40" s="204"/>
+      <c r="K40" s="208"/>
+      <c r="L40" s="210"/>
+      <c r="M40" s="211"/>
+      <c r="N40" s="214"/>
     </row>
     <row r="41" spans="1:14" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="194"/>
-[...4 lines deleted...]
-      <c r="F41" s="105" t="s">
+      <c r="A41" s="200"/>
+      <c r="B41" s="200"/>
+      <c r="C41" s="200"/>
+      <c r="D41" s="200"/>
+      <c r="E41" s="201"/>
+      <c r="F41" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="G41" s="105" t="s">
+      <c r="G41" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="H41" s="105" t="s">
+      <c r="H41" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="I41" s="105" t="s">
+      <c r="I41" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="J41" s="105" t="s">
+      <c r="J41" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="K41" s="203"/>
-[...2 lines deleted...]
-      <c r="N41" s="209"/>
+      <c r="K41" s="209"/>
+      <c r="L41" s="212"/>
+      <c r="M41" s="213"/>
+      <c r="N41" s="215"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A42" s="76"/>
-[...9 lines deleted...]
-      <c r="K42" s="132">
+      <c r="A42" s="77"/>
+      <c r="B42" s="78"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="78"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="94"/>
+      <c r="G42" s="94"/>
+      <c r="H42" s="94"/>
+      <c r="I42" s="94"/>
+      <c r="J42" s="94"/>
+      <c r="K42" s="134">
         <f>SUM(F42:J42)</f>
         <v>0</v>
       </c>
-      <c r="L42" s="123"/>
-      <c r="M42" s="126">
+      <c r="L42" s="125"/>
+      <c r="M42" s="128">
         <f>K42*L42</f>
         <v>0</v>
       </c>
-      <c r="N42" s="119"/>
+      <c r="N42" s="121"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A43" s="76"/>
-[...9 lines deleted...]
-      <c r="K43" s="132">
+      <c r="A43" s="77"/>
+      <c r="B43" s="78"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="78"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="77"/>
+      <c r="G43" s="77"/>
+      <c r="H43" s="77"/>
+      <c r="I43" s="77"/>
+      <c r="J43" s="77"/>
+      <c r="K43" s="134">
         <f t="shared" ref="K43:K59" si="0">SUM(F43:J43)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="76"/>
-      <c r="M43" s="126">
+      <c r="L43" s="77"/>
+      <c r="M43" s="128">
         <f t="shared" ref="M43:M59" si="1">K43*L43</f>
         <v>0</v>
       </c>
-      <c r="N43" s="119"/>
+      <c r="N43" s="121"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A44" s="76"/>
-[...9 lines deleted...]
-      <c r="K44" s="132">
+      <c r="A44" s="77"/>
+      <c r="B44" s="78"/>
+      <c r="C44" s="77"/>
+      <c r="D44" s="78"/>
+      <c r="E44" s="78"/>
+      <c r="F44" s="77"/>
+      <c r="G44" s="77"/>
+      <c r="H44" s="77"/>
+      <c r="I44" s="77"/>
+      <c r="J44" s="77"/>
+      <c r="K44" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L44" s="76"/>
-      <c r="M44" s="126">
+      <c r="L44" s="77"/>
+      <c r="M44" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N44" s="119"/>
+      <c r="N44" s="121"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A45" s="76"/>
-[...9 lines deleted...]
-      <c r="K45" s="132">
+      <c r="A45" s="77"/>
+      <c r="B45" s="78"/>
+      <c r="C45" s="77"/>
+      <c r="D45" s="78"/>
+      <c r="E45" s="78"/>
+      <c r="F45" s="77"/>
+      <c r="G45" s="77"/>
+      <c r="H45" s="77"/>
+      <c r="I45" s="77"/>
+      <c r="J45" s="77"/>
+      <c r="K45" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L45" s="76"/>
-      <c r="M45" s="126">
+      <c r="L45" s="77"/>
+      <c r="M45" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N45" s="119"/>
+      <c r="N45" s="121"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A46" s="76"/>
-[...9 lines deleted...]
-      <c r="K46" s="132">
+      <c r="A46" s="77"/>
+      <c r="B46" s="78"/>
+      <c r="C46" s="77"/>
+      <c r="D46" s="78"/>
+      <c r="E46" s="78"/>
+      <c r="F46" s="77"/>
+      <c r="G46" s="77"/>
+      <c r="H46" s="77"/>
+      <c r="I46" s="77"/>
+      <c r="J46" s="77"/>
+      <c r="K46" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L46" s="76"/>
-      <c r="M46" s="126">
+      <c r="L46" s="77"/>
+      <c r="M46" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N46" s="119"/>
+      <c r="N46" s="121"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A47" s="76"/>
-[...9 lines deleted...]
-      <c r="K47" s="132">
+      <c r="A47" s="77"/>
+      <c r="B47" s="78"/>
+      <c r="C47" s="77"/>
+      <c r="D47" s="78"/>
+      <c r="E47" s="78"/>
+      <c r="F47" s="77"/>
+      <c r="G47" s="77"/>
+      <c r="H47" s="77"/>
+      <c r="I47" s="77"/>
+      <c r="J47" s="77"/>
+      <c r="K47" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L47" s="76"/>
-      <c r="M47" s="126">
+      <c r="L47" s="77"/>
+      <c r="M47" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N47" s="119"/>
+      <c r="N47" s="121"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A48" s="76"/>
-[...9 lines deleted...]
-      <c r="K48" s="132">
+      <c r="A48" s="77"/>
+      <c r="B48" s="78"/>
+      <c r="C48" s="77"/>
+      <c r="D48" s="78"/>
+      <c r="E48" s="78"/>
+      <c r="F48" s="77"/>
+      <c r="G48" s="77"/>
+      <c r="H48" s="77"/>
+      <c r="I48" s="77"/>
+      <c r="J48" s="77"/>
+      <c r="K48" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L48" s="76"/>
-      <c r="M48" s="126">
+      <c r="L48" s="77"/>
+      <c r="M48" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N48" s="119"/>
+      <c r="N48" s="121"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A49" s="76"/>
-[...9 lines deleted...]
-      <c r="K49" s="132">
+      <c r="A49" s="77"/>
+      <c r="B49" s="78"/>
+      <c r="C49" s="77"/>
+      <c r="D49" s="78"/>
+      <c r="E49" s="78"/>
+      <c r="F49" s="77"/>
+      <c r="G49" s="77"/>
+      <c r="H49" s="77"/>
+      <c r="I49" s="77"/>
+      <c r="J49" s="77"/>
+      <c r="K49" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L49" s="76"/>
-      <c r="M49" s="126">
+      <c r="L49" s="77"/>
+      <c r="M49" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N49" s="119"/>
+      <c r="N49" s="121"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A50" s="76"/>
-[...9 lines deleted...]
-      <c r="K50" s="132">
+      <c r="A50" s="77"/>
+      <c r="B50" s="78"/>
+      <c r="C50" s="77"/>
+      <c r="D50" s="78"/>
+      <c r="E50" s="78"/>
+      <c r="F50" s="77"/>
+      <c r="G50" s="77"/>
+      <c r="H50" s="77"/>
+      <c r="I50" s="77"/>
+      <c r="J50" s="77"/>
+      <c r="K50" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L50" s="76"/>
-      <c r="M50" s="126">
+      <c r="L50" s="77"/>
+      <c r="M50" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N50" s="119"/>
+      <c r="N50" s="121"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A51" s="76"/>
-[...9 lines deleted...]
-      <c r="K51" s="132">
+      <c r="A51" s="77"/>
+      <c r="B51" s="78"/>
+      <c r="C51" s="77"/>
+      <c r="D51" s="78"/>
+      <c r="E51" s="78"/>
+      <c r="F51" s="77"/>
+      <c r="G51" s="77"/>
+      <c r="H51" s="77"/>
+      <c r="I51" s="77"/>
+      <c r="J51" s="77"/>
+      <c r="K51" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L51" s="76"/>
-      <c r="M51" s="126">
+      <c r="L51" s="77"/>
+      <c r="M51" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N51" s="119"/>
+      <c r="N51" s="121"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A52" s="76"/>
-[...9 lines deleted...]
-      <c r="K52" s="132">
+      <c r="A52" s="77"/>
+      <c r="B52" s="78"/>
+      <c r="C52" s="77"/>
+      <c r="D52" s="78"/>
+      <c r="E52" s="78"/>
+      <c r="F52" s="77"/>
+      <c r="G52" s="77"/>
+      <c r="H52" s="77"/>
+      <c r="I52" s="77"/>
+      <c r="J52" s="77"/>
+      <c r="K52" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L52" s="76"/>
-      <c r="M52" s="126">
+      <c r="L52" s="77"/>
+      <c r="M52" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N52" s="119"/>
+      <c r="N52" s="121"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A53" s="76"/>
-[...9 lines deleted...]
-      <c r="K53" s="132">
+      <c r="A53" s="77"/>
+      <c r="B53" s="78"/>
+      <c r="C53" s="77"/>
+      <c r="D53" s="78"/>
+      <c r="E53" s="78"/>
+      <c r="F53" s="77"/>
+      <c r="G53" s="77"/>
+      <c r="H53" s="77"/>
+      <c r="I53" s="77"/>
+      <c r="J53" s="77"/>
+      <c r="K53" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L53" s="76"/>
-      <c r="M53" s="126">
+      <c r="L53" s="77"/>
+      <c r="M53" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N53" s="119"/>
+      <c r="N53" s="121"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A54" s="76"/>
-[...9 lines deleted...]
-      <c r="K54" s="132">
+      <c r="A54" s="77"/>
+      <c r="B54" s="78"/>
+      <c r="C54" s="77"/>
+      <c r="D54" s="78"/>
+      <c r="E54" s="78"/>
+      <c r="F54" s="77"/>
+      <c r="G54" s="77"/>
+      <c r="H54" s="77"/>
+      <c r="I54" s="77"/>
+      <c r="J54" s="77"/>
+      <c r="K54" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L54" s="76"/>
-      <c r="M54" s="126">
+      <c r="L54" s="77"/>
+      <c r="M54" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N54" s="119"/>
+      <c r="N54" s="121"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A55" s="76"/>
-[...9 lines deleted...]
-      <c r="K55" s="132">
+      <c r="A55" s="77"/>
+      <c r="B55" s="78"/>
+      <c r="C55" s="77"/>
+      <c r="D55" s="78"/>
+      <c r="E55" s="78"/>
+      <c r="F55" s="77"/>
+      <c r="G55" s="77"/>
+      <c r="H55" s="77"/>
+      <c r="I55" s="77"/>
+      <c r="J55" s="77"/>
+      <c r="K55" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L55" s="76"/>
-      <c r="M55" s="126">
+      <c r="L55" s="77"/>
+      <c r="M55" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N55" s="119"/>
+      <c r="N55" s="121"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A56" s="76"/>
-[...9 lines deleted...]
-      <c r="K56" s="132">
+      <c r="A56" s="77"/>
+      <c r="B56" s="78"/>
+      <c r="C56" s="77"/>
+      <c r="D56" s="78"/>
+      <c r="E56" s="78"/>
+      <c r="F56" s="77"/>
+      <c r="G56" s="77"/>
+      <c r="H56" s="77"/>
+      <c r="I56" s="77"/>
+      <c r="J56" s="77"/>
+      <c r="K56" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L56" s="76"/>
-      <c r="M56" s="126">
+      <c r="L56" s="77"/>
+      <c r="M56" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N56" s="119"/>
+      <c r="N56" s="121"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A57" s="76"/>
-[...9 lines deleted...]
-      <c r="K57" s="132">
+      <c r="A57" s="77"/>
+      <c r="B57" s="78"/>
+      <c r="C57" s="77"/>
+      <c r="D57" s="78"/>
+      <c r="E57" s="78"/>
+      <c r="F57" s="77"/>
+      <c r="G57" s="77"/>
+      <c r="H57" s="77"/>
+      <c r="I57" s="77"/>
+      <c r="J57" s="77"/>
+      <c r="K57" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L57" s="76"/>
-      <c r="M57" s="126">
+      <c r="L57" s="77"/>
+      <c r="M57" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N57" s="119"/>
+      <c r="N57" s="121"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A58" s="76"/>
-[...9 lines deleted...]
-      <c r="K58" s="132">
+      <c r="A58" s="77"/>
+      <c r="B58" s="78"/>
+      <c r="C58" s="77"/>
+      <c r="D58" s="78"/>
+      <c r="E58" s="78"/>
+      <c r="F58" s="77"/>
+      <c r="G58" s="77"/>
+      <c r="H58" s="77"/>
+      <c r="I58" s="77"/>
+      <c r="J58" s="77"/>
+      <c r="K58" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L58" s="76"/>
-      <c r="M58" s="126">
+      <c r="L58" s="77"/>
+      <c r="M58" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N58" s="119"/>
+      <c r="N58" s="121"/>
     </row>
     <row r="59" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="133"/>
-[...9 lines deleted...]
-      <c r="K59" s="132">
+      <c r="A59" s="135"/>
+      <c r="B59" s="80"/>
+      <c r="C59" s="79"/>
+      <c r="D59" s="80"/>
+      <c r="E59" s="80"/>
+      <c r="F59" s="79"/>
+      <c r="G59" s="79"/>
+      <c r="H59" s="79"/>
+      <c r="I59" s="79"/>
+      <c r="J59" s="79"/>
+      <c r="K59" s="134">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L59" s="78"/>
-      <c r="M59" s="126">
+      <c r="L59" s="79"/>
+      <c r="M59" s="128">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N59" s="120"/>
+      <c r="N59" s="122"/>
     </row>
     <row r="60" spans="1:14" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="210" t="s">
+      <c r="A60" s="216" t="s">
         <v>75</v>
       </c>
-      <c r="B60" s="211"/>
-[...10 lines deleted...]
-      <c r="M60" s="130">
+      <c r="B60" s="217"/>
+      <c r="C60" s="217"/>
+      <c r="D60" s="217"/>
+      <c r="E60" s="218"/>
+      <c r="F60" s="129"/>
+      <c r="G60" s="130"/>
+      <c r="H60" s="130"/>
+      <c r="I60" s="130"/>
+      <c r="J60" s="130"/>
+      <c r="K60" s="130"/>
+      <c r="L60" s="131"/>
+      <c r="M60" s="132">
         <f>SUM(M42:M59)</f>
         <v>0</v>
       </c>
-      <c r="N60" s="121"/>
+      <c r="N60" s="123"/>
     </row>
     <row r="61" spans="1:14" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="IBkAx7rsbSHJ6UQuy/440enLbmjwX7++lj+5VERtagpcedv3HOAeswk9H9rpo0C8a5fvdDWnrSvPM+PYu8adfw==" saltValue="m3rsKLOqdqZ/OrpA0kfEtw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="41">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F33:L33"/>
     <mergeCell ref="F34:L34"/>
     <mergeCell ref="F8:L8"/>
     <mergeCell ref="F7:L7"/>
     <mergeCell ref="F21:L21"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="N40:N41"/>
     <mergeCell ref="A60:E60"/>
     <mergeCell ref="F9:L9"/>
     <mergeCell ref="F10:L10"/>
     <mergeCell ref="F11:L11"/>
     <mergeCell ref="F12:L12"/>
     <mergeCell ref="F13:L13"/>
     <mergeCell ref="F14:L14"/>
@@ -11399,261 +11396,261 @@
     <mergeCell ref="K40:K41"/>
     <mergeCell ref="L40:M41"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D9:D34" xr:uid="{06EC90BA-C1E8-4861-AEAF-4B9FDE1F507B}">
       <formula1>"Fringe Benefits, Travel, Equipment, Supplies, Contractual Services/Subawards, Consultants, Occupancy, Telecommunications, Training &amp; Education, Direct Administrative Costs, Other or Miscellaneous Costs, Indirect Costs"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D42:D59" xr:uid="{1C11A10A-B094-48BD-A3B3-36BEAC792246}">
       <formula1>"PI, PFA, HS, EHS, Child Care"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC5DD32F-930B-4629-9921-16EB14FF25CB}">
   <dimension ref="A1:A52"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="99.88671875" style="71" customWidth="1"/>
-    <col min="2" max="16384" width="8.88671875" style="71"/>
+    <col min="1" max="1" width="99.88671875" style="72" customWidth="1"/>
+    <col min="2" max="16384" width="8.88671875" style="72"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="21" x14ac:dyDescent="0.4">
-      <c r="A1" s="72" t="s">
+      <c r="A1" s="73" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2"/>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A3" s="73" t="s">
+      <c r="A3" s="74" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A4" s="74" t="s">
+      <c r="A4" s="75" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5"/>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A7" s="73" t="s">
+      <c r="A7" s="74" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A8" s="74" t="s">
+      <c r="A8" s="75" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9"/>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10"/>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A11" s="73" t="s">
+      <c r="A11" s="74" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="48.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="92" t="s">
+      <c r="A12" s="93" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13"/>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14"/>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A15" s="73" t="s">
+      <c r="A15" s="74" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A16" s="74" t="s">
+      <c r="A16" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17"/>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18"/>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A19" s="73" t="s">
+      <c r="A19" s="74" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A20" s="74" t="s">
+      <c r="A20" s="75" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21"/>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22"/>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A23" s="73" t="s">
+      <c r="A23" s="74" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A24" s="74" t="s">
+      <c r="A24" s="75" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25"/>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26"/>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A27" s="73" t="s">
+      <c r="A27" s="74" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A28" s="74" t="s">
+      <c r="A28" s="75" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29"/>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30"/>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A31" s="73" t="s">
+      <c r="A31" s="74" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A32" s="74" t="s">
+      <c r="A32" s="75" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A33" s="75"/>
+      <c r="A33" s="76"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A34" s="75"/>
+      <c r="A34" s="76"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A35" s="73" t="s">
+      <c r="A35" s="74" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A36" s="74" t="s">
+      <c r="A36" s="75" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38"/>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A39" s="73" t="s">
+      <c r="A39" s="74" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A40" s="74" t="s">
+      <c r="A40" s="75" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41"/>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42"/>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A43" s="73" t="s">
+      <c r="A43" s="74" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A44" s="74" t="s">
+      <c r="A44" s="75" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45"/>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46"/>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A47" s="73" t="s">
+      <c r="A47" s="74" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A48" s="74" t="s">
+      <c r="A48" s="75" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50"/>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A51" s="73" t="s">
+      <c r="A51" s="74" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A52" s="74" t="s">
+      <c r="A52" s="75" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2TzuQNJAM/gCSjjpy7/q/epPmpfPVbJEvRcsThxTgSxQEjJU5FmHb+TAY/W3FIHTB8qkK2IQ8o32R27+Pn/4AQ==" saltValue="2xLdJNlUGgv08aaBCOhi3g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>