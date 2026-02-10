--- v1 (2025-12-12)
+++ v2 (2026-02-10)
@@ -10,54 +10,54 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PDA\Consumer Outreach\SS EC Apprenticeship Program FY26\Final Documents\FY26\Budget Items\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\PDA\Consumer Outreach\SS EC Apprenticeship Program FY26\Budget Tracking\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E1B198B-9AE6-41A1-AD4C-6664DDCF755A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5412AA10-27EC-4428-B38A-230E9CFFCB62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{376C10D4-DDEA-4C8F-A61A-5463535419FF}"/>
   </bookViews>
   <sheets>
     <sheet name="Personnel" sheetId="2" r:id="rId1"/>
     <sheet name="Expenditures" sheetId="3" r:id="rId2"/>
     <sheet name="Cost Allowability Definitions" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -2910,53 +2910,50 @@
     <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="21" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="22" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2993,53 +2990,50 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="7" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="52" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
@@ -3199,263 +3193,275 @@
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="8" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="8" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...57 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="74" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="5" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="75" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="73" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="69" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="77" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="1" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="40" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="1" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
-[...66 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006395"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
@@ -3742,1681 +3748,1681 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EAF8D03-ABC6-4346-9E68-5FCF248F7295}">
   <dimension ref="A1:Y154"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="I128" sqref="I128"/>
+      <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="19.5546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.21875" style="1" customWidth="1"/>
     <col min="3" max="3" width="21.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="22" style="1" customWidth="1"/>
     <col min="6" max="6" width="13.109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.77734375" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.77734375" style="8" customWidth="1"/>
     <col min="9" max="9" width="10.77734375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.77734375" style="27" customWidth="1"/>
     <col min="11" max="15" width="10.77734375" style="8" customWidth="1"/>
     <col min="16" max="19" width="10.77734375" style="27" customWidth="1"/>
     <col min="20" max="20" width="23.88671875" style="56" customWidth="1"/>
     <col min="21" max="21" width="23.77734375" style="28" customWidth="1"/>
     <col min="22" max="22" width="21" style="28" customWidth="1"/>
     <col min="23" max="24" width="11" style="28" customWidth="1"/>
     <col min="25" max="25" width="91" style="28" customWidth="1"/>
     <col min="26" max="26" width="30.88671875" style="1" customWidth="1"/>
     <col min="27" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="28" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="194" t="s">
+      <c r="A1" s="161" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="195"/>
-[...4 lines deleted...]
-      <c r="G1" s="196"/>
+      <c r="B1" s="162"/>
+      <c r="C1" s="162"/>
+      <c r="D1" s="162"/>
+      <c r="E1" s="162"/>
+      <c r="F1" s="162"/>
+      <c r="G1" s="163"/>
       <c r="H1" s="26"/>
       <c r="I1" s="60"/>
       <c r="J1" s="26"/>
       <c r="K1" s="26"/>
       <c r="L1" s="26"/>
       <c r="M1" s="26"/>
       <c r="N1" s="27"/>
       <c r="O1" s="27"/>
       <c r="P1" s="27"/>
       <c r="Q1" s="27"/>
       <c r="R1" s="27"/>
       <c r="S1" s="27"/>
     </row>
     <row r="2" spans="1:25" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="65" t="s">
         <v>83</v>
       </c>
-      <c r="B2" s="181"/>
-[...4 lines deleted...]
-      <c r="G2" s="183"/>
+      <c r="B2" s="164"/>
+      <c r="C2" s="165"/>
+      <c r="D2" s="165"/>
+      <c r="E2" s="165"/>
+      <c r="F2" s="165"/>
+      <c r="G2" s="166"/>
       <c r="H2" s="24"/>
       <c r="I2" s="61"/>
       <c r="J2" s="26"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="24"/>
       <c r="T2" s="28"/>
     </row>
     <row r="3" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="B3" s="181"/>
-[...4 lines deleted...]
-      <c r="G3" s="183"/>
+      <c r="B3" s="164"/>
+      <c r="C3" s="165"/>
+      <c r="D3" s="165"/>
+      <c r="E3" s="165"/>
+      <c r="F3" s="165"/>
+      <c r="G3" s="166"/>
       <c r="H3" s="24"/>
       <c r="I3" s="61"/>
       <c r="J3" s="26"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
       <c r="T3" s="28"/>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="181"/>
-[...4 lines deleted...]
-      <c r="G4" s="183"/>
+      <c r="B4" s="164"/>
+      <c r="C4" s="165"/>
+      <c r="D4" s="165"/>
+      <c r="E4" s="165"/>
+      <c r="F4" s="165"/>
+      <c r="G4" s="166"/>
       <c r="H4" s="24"/>
       <c r="I4" s="61"/>
       <c r="J4" s="26"/>
       <c r="K4" s="24"/>
       <c r="L4" s="24"/>
       <c r="M4" s="24"/>
       <c r="N4" s="9"/>
       <c r="O4" s="9"/>
       <c r="P4" s="42"/>
       <c r="Q4" s="42"/>
       <c r="R4" s="42"/>
       <c r="S4" s="42"/>
       <c r="T4" s="43"/>
       <c r="U4" s="43"/>
       <c r="V4" s="43"/>
       <c r="W4" s="43"/>
       <c r="X4" s="43"/>
       <c r="Y4" s="43"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="65" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="181"/>
-[...4 lines deleted...]
-      <c r="G5" s="183"/>
+      <c r="B5" s="164"/>
+      <c r="C5" s="165"/>
+      <c r="D5" s="165"/>
+      <c r="E5" s="165"/>
+      <c r="F5" s="165"/>
+      <c r="G5" s="166"/>
       <c r="H5" s="24"/>
       <c r="I5" s="61"/>
       <c r="J5" s="26"/>
       <c r="K5" s="24"/>
       <c r="L5" s="24"/>
       <c r="M5" s="24"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="42"/>
       <c r="Q5" s="42"/>
       <c r="R5" s="42"/>
       <c r="S5" s="42"/>
       <c r="T5" s="43"/>
       <c r="U5" s="43"/>
       <c r="V5" s="43"/>
       <c r="W5" s="43"/>
       <c r="X5" s="43"/>
       <c r="Y5" s="43"/>
     </row>
     <row r="6" spans="1:25" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="65" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="181"/>
-[...4 lines deleted...]
-      <c r="G6" s="183"/>
+      <c r="B6" s="164"/>
+      <c r="C6" s="165"/>
+      <c r="D6" s="165"/>
+      <c r="E6" s="165"/>
+      <c r="F6" s="165"/>
+      <c r="G6" s="166"/>
       <c r="H6" s="24"/>
       <c r="I6" s="61"/>
       <c r="J6" s="26"/>
       <c r="K6" s="24"/>
       <c r="L6" s="24"/>
       <c r="M6" s="24"/>
       <c r="T6" s="28"/>
     </row>
     <row r="7" spans="1:25" ht="29.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="66" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="184"/>
-[...4 lines deleted...]
-      <c r="G7" s="186"/>
+      <c r="B7" s="183"/>
+      <c r="C7" s="184"/>
+      <c r="D7" s="184"/>
+      <c r="E7" s="184"/>
+      <c r="F7" s="184"/>
+      <c r="G7" s="185"/>
       <c r="H7" s="24"/>
       <c r="I7" s="61"/>
       <c r="J7" s="26"/>
       <c r="K7" s="24"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="T7" s="28"/>
     </row>
     <row r="8" spans="1:25" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A8" s="29" t="s">
         <v>82</v>
       </c>
       <c r="B8" s="30"/>
       <c r="C8" s="30"/>
       <c r="D8" s="29"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="H8" s="10"/>
       <c r="I8" s="62"/>
       <c r="J8" s="40"/>
       <c r="K8" s="10"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="40"/>
       <c r="Q8" s="40"/>
       <c r="R8" s="40"/>
       <c r="S8" s="40"/>
       <c r="T8" s="30"/>
       <c r="U8" s="30"/>
       <c r="V8" s="30"/>
       <c r="W8" s="30"/>
       <c r="X8" s="30"/>
       <c r="Y8" s="30"/>
     </row>
     <row r="9" spans="1:25" ht="21" x14ac:dyDescent="0.3">
-      <c r="A9" s="98" t="s">
+      <c r="A9" s="96" t="s">
         <v>77</v>
       </c>
       <c r="B9" s="18"/>
       <c r="C9" s="25"/>
       <c r="D9" s="17"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="18"/>
       <c r="H9" s="20"/>
       <c r="I9" s="63"/>
       <c r="J9" s="41"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
       <c r="M9" s="20"/>
       <c r="N9" s="20"/>
       <c r="O9" s="20"/>
       <c r="P9" s="41"/>
       <c r="Q9" s="41"/>
       <c r="R9" s="41"/>
       <c r="S9" s="41"/>
       <c r="T9" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U9" s="44"/>
       <c r="V9" s="45"/>
       <c r="W9" s="45"/>
       <c r="X9" s="45"/>
       <c r="Y9" s="45"/>
     </row>
     <row r="10" spans="1:25" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="164" t="s">
+      <c r="A10" s="186" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="164" t="s">
+      <c r="B10" s="186" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="164" t="s">
+      <c r="C10" s="186" t="s">
         <v>5</v>
       </c>
-      <c r="D10" s="164" t="s">
+      <c r="D10" s="186" t="s">
         <v>31</v>
       </c>
-      <c r="E10" s="167" t="s">
+      <c r="E10" s="170" t="s">
         <v>8</v>
       </c>
-      <c r="F10" s="164" t="s">
+      <c r="F10" s="186" t="s">
         <v>32</v>
       </c>
-      <c r="G10" s="164" t="s">
+      <c r="G10" s="186" t="s">
         <v>29</v>
       </c>
-      <c r="H10" s="167" t="s">
+      <c r="H10" s="170" t="s">
         <v>36</v>
       </c>
-      <c r="I10" s="173" t="s">
+      <c r="I10" s="176" t="s">
         <v>35</v>
       </c>
-      <c r="J10" s="167" t="s">
+      <c r="J10" s="170" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="31" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="31" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="31" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>26</v>
       </c>
       <c r="O10" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="P10" s="164" t="s">
+      <c r="P10" s="186" t="s">
         <v>28</v>
       </c>
-      <c r="Q10" s="167" t="s">
+      <c r="Q10" s="170" t="s">
         <v>21</v>
       </c>
-      <c r="R10" s="167" t="s">
+      <c r="R10" s="170" t="s">
         <v>38</v>
       </c>
-      <c r="S10" s="170" t="s">
+      <c r="S10" s="191" t="s">
         <v>22</v>
       </c>
-      <c r="T10" s="161" t="s">
+      <c r="T10" s="167" t="s">
         <v>8</v>
       </c>
-      <c r="U10" s="161" t="s">
+      <c r="U10" s="167" t="s">
         <v>17</v>
       </c>
-      <c r="V10" s="161" t="s">
+      <c r="V10" s="167" t="s">
         <v>33</v>
       </c>
-      <c r="W10" s="161" t="s">
+      <c r="W10" s="167" t="s">
         <v>30</v>
       </c>
-      <c r="X10" s="161" t="s">
+      <c r="X10" s="167" t="s">
         <v>18</v>
       </c>
-      <c r="Y10" s="161" t="s">
+      <c r="Y10" s="167" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="165"/>
-[...9 lines deleted...]
-      <c r="K11" s="176" t="s">
+      <c r="A11" s="187"/>
+      <c r="B11" s="187"/>
+      <c r="C11" s="187"/>
+      <c r="D11" s="187"/>
+      <c r="E11" s="179"/>
+      <c r="F11" s="187"/>
+      <c r="G11" s="187"/>
+      <c r="H11" s="179"/>
+      <c r="I11" s="181"/>
+      <c r="J11" s="179"/>
+      <c r="K11" s="173" t="s">
         <v>39</v>
       </c>
-      <c r="L11" s="177"/>
-[...12 lines deleted...]
-      <c r="Y11" s="162"/>
+      <c r="L11" s="174"/>
+      <c r="M11" s="174"/>
+      <c r="N11" s="174"/>
+      <c r="O11" s="175"/>
+      <c r="P11" s="195"/>
+      <c r="Q11" s="179"/>
+      <c r="R11" s="179"/>
+      <c r="S11" s="192"/>
+      <c r="T11" s="168"/>
+      <c r="U11" s="168"/>
+      <c r="V11" s="168"/>
+      <c r="W11" s="168"/>
+      <c r="X11" s="168"/>
+      <c r="Y11" s="168"/>
     </row>
     <row r="12" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="166"/>
-[...9 lines deleted...]
-      <c r="K12" s="95" t="s">
+      <c r="A12" s="188"/>
+      <c r="B12" s="188"/>
+      <c r="C12" s="188"/>
+      <c r="D12" s="188"/>
+      <c r="E12" s="189"/>
+      <c r="F12" s="188"/>
+      <c r="G12" s="188"/>
+      <c r="H12" s="189"/>
+      <c r="I12" s="194"/>
+      <c r="J12" s="189"/>
+      <c r="K12" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="L12" s="95" t="s">
+      <c r="L12" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="M12" s="95" t="s">
+      <c r="M12" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="N12" s="95" t="s">
+      <c r="N12" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="O12" s="95" t="s">
+      <c r="O12" s="159" t="s">
         <v>40</v>
       </c>
-      <c r="P12" s="180"/>
-[...8 lines deleted...]
-      <c r="Y12" s="163"/>
+      <c r="P12" s="196"/>
+      <c r="Q12" s="189"/>
+      <c r="R12" s="189"/>
+      <c r="S12" s="193"/>
+      <c r="T12" s="190"/>
+      <c r="U12" s="190"/>
+      <c r="V12" s="190"/>
+      <c r="W12" s="190"/>
+      <c r="X12" s="190"/>
+      <c r="Y12" s="190"/>
     </row>
     <row r="13" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="96"/>
-[...8 lines deleted...]
-      <c r="J13" s="137">
+      <c r="A13" s="94"/>
+      <c r="B13" s="95"/>
+      <c r="C13" s="95"/>
+      <c r="D13" s="94"/>
+      <c r="E13" s="95"/>
+      <c r="F13" s="94"/>
+      <c r="G13" s="94"/>
+      <c r="H13" s="134"/>
+      <c r="I13" s="134"/>
+      <c r="J13" s="135">
         <f>SUM(H13:I13)</f>
         <v>0</v>
       </c>
-      <c r="K13" s="136"/>
-[...4 lines deleted...]
-      <c r="P13" s="139">
+      <c r="K13" s="134"/>
+      <c r="L13" s="136"/>
+      <c r="M13" s="136"/>
+      <c r="N13" s="136"/>
+      <c r="O13" s="136"/>
+      <c r="P13" s="137">
         <f>SUM(K13:O13)</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="139">
+      <c r="Q13" s="137">
         <f>H13*P13</f>
         <v>0</v>
       </c>
-      <c r="R13" s="139">
+      <c r="R13" s="137">
         <f>I13*P13</f>
         <v>0</v>
       </c>
-      <c r="S13" s="140">
+      <c r="S13" s="138">
         <f>SUM(Q13:R13)</f>
         <v>0</v>
       </c>
       <c r="T13" s="46"/>
       <c r="U13" s="47"/>
       <c r="V13" s="47"/>
       <c r="W13" s="47"/>
       <c r="X13" s="47"/>
       <c r="Y13" s="47"/>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="4"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="4"/>
       <c r="E14" s="5"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
-      <c r="H14" s="141"/>
-[...1 lines deleted...]
-      <c r="J14" s="142">
+      <c r="H14" s="139"/>
+      <c r="I14" s="139"/>
+      <c r="J14" s="140">
         <f t="shared" ref="J14:J42" si="0">SUM(H14:I14)</f>
         <v>0</v>
       </c>
-      <c r="K14" s="141"/>
-[...4 lines deleted...]
-      <c r="P14" s="144">
+      <c r="K14" s="139"/>
+      <c r="L14" s="141"/>
+      <c r="M14" s="141"/>
+      <c r="N14" s="141"/>
+      <c r="O14" s="141"/>
+      <c r="P14" s="142">
         <f t="shared" ref="P14:P42" si="1">SUM(K14:O14)</f>
         <v>0</v>
       </c>
-      <c r="Q14" s="144">
+      <c r="Q14" s="142">
         <f t="shared" ref="Q14:Q42" si="2">H14*P14</f>
         <v>0</v>
       </c>
-      <c r="R14" s="144">
+      <c r="R14" s="142">
         <f t="shared" ref="R14:R42" si="3">I14*P14</f>
         <v>0</v>
       </c>
-      <c r="S14" s="145">
+      <c r="S14" s="143">
         <f t="shared" ref="S14:S42" si="4">SUM(Q14:R14)</f>
         <v>0</v>
       </c>
       <c r="T14" s="48"/>
       <c r="U14" s="49"/>
       <c r="V14" s="49"/>
       <c r="W14" s="49"/>
       <c r="X14" s="49"/>
       <c r="Y14" s="49"/>
     </row>
     <row r="15" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="11"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="11"/>
       <c r="E15" s="12"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
-      <c r="H15" s="146"/>
-[...1 lines deleted...]
-      <c r="J15" s="147">
+      <c r="H15" s="144"/>
+      <c r="I15" s="144"/>
+      <c r="J15" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K15" s="146"/>
-[...4 lines deleted...]
-      <c r="P15" s="149">
+      <c r="K15" s="144"/>
+      <c r="L15" s="146"/>
+      <c r="M15" s="146"/>
+      <c r="N15" s="146"/>
+      <c r="O15" s="146"/>
+      <c r="P15" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q15" s="149">
+      <c r="Q15" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R15" s="149">
+      <c r="R15" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S15" s="150">
+      <c r="S15" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T15" s="50"/>
       <c r="U15" s="51"/>
       <c r="V15" s="51"/>
       <c r="W15" s="51"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="51"/>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="4"/>
       <c r="E16" s="5"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
-      <c r="H16" s="141"/>
-[...1 lines deleted...]
-      <c r="J16" s="142">
+      <c r="H16" s="139"/>
+      <c r="I16" s="139"/>
+      <c r="J16" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K16" s="141"/>
-[...4 lines deleted...]
-      <c r="P16" s="144">
+      <c r="K16" s="139"/>
+      <c r="L16" s="141"/>
+      <c r="M16" s="141"/>
+      <c r="N16" s="141"/>
+      <c r="O16" s="141"/>
+      <c r="P16" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q16" s="144">
+      <c r="Q16" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R16" s="144">
+      <c r="R16" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S16" s="145">
+      <c r="S16" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T16" s="48"/>
       <c r="U16" s="49"/>
       <c r="V16" s="49"/>
       <c r="W16" s="49"/>
       <c r="X16" s="49"/>
       <c r="Y16" s="49"/>
     </row>
     <row r="17" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="11"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="11"/>
       <c r="E17" s="12"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
-      <c r="H17" s="146"/>
-[...1 lines deleted...]
-      <c r="J17" s="147">
+      <c r="H17" s="144"/>
+      <c r="I17" s="144"/>
+      <c r="J17" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K17" s="146"/>
-[...4 lines deleted...]
-      <c r="P17" s="149">
+      <c r="K17" s="144"/>
+      <c r="L17" s="146"/>
+      <c r="M17" s="146"/>
+      <c r="N17" s="146"/>
+      <c r="O17" s="146"/>
+      <c r="P17" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q17" s="149">
+      <c r="Q17" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R17" s="149">
+      <c r="R17" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S17" s="150">
+      <c r="S17" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T17" s="50"/>
       <c r="U17" s="51"/>
       <c r="V17" s="51"/>
       <c r="W17" s="51"/>
       <c r="X17" s="51"/>
       <c r="Y17" s="51"/>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A18" s="4"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="4"/>
       <c r="E18" s="5"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
-      <c r="H18" s="141"/>
-[...1 lines deleted...]
-      <c r="J18" s="142">
+      <c r="H18" s="139"/>
+      <c r="I18" s="139"/>
+      <c r="J18" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K18" s="141"/>
-[...4 lines deleted...]
-      <c r="P18" s="144">
+      <c r="K18" s="139"/>
+      <c r="L18" s="141"/>
+      <c r="M18" s="141"/>
+      <c r="N18" s="141"/>
+      <c r="O18" s="141"/>
+      <c r="P18" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q18" s="144">
+      <c r="Q18" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R18" s="144">
+      <c r="R18" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S18" s="145">
+      <c r="S18" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T18" s="48"/>
       <c r="U18" s="49"/>
       <c r="V18" s="49"/>
       <c r="W18" s="49"/>
       <c r="X18" s="49"/>
       <c r="Y18" s="49"/>
     </row>
     <row r="19" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="11"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="11"/>
       <c r="E19" s="12"/>
       <c r="F19" s="11"/>
       <c r="G19" s="11"/>
-      <c r="H19" s="146"/>
-[...1 lines deleted...]
-      <c r="J19" s="147">
+      <c r="H19" s="144"/>
+      <c r="I19" s="144"/>
+      <c r="J19" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K19" s="146"/>
-[...4 lines deleted...]
-      <c r="P19" s="149">
+      <c r="K19" s="144"/>
+      <c r="L19" s="146"/>
+      <c r="M19" s="146"/>
+      <c r="N19" s="146"/>
+      <c r="O19" s="146"/>
+      <c r="P19" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q19" s="149">
+      <c r="Q19" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R19" s="149">
+      <c r="R19" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S19" s="150">
+      <c r="S19" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T19" s="50"/>
       <c r="U19" s="51"/>
       <c r="V19" s="51"/>
       <c r="W19" s="51"/>
       <c r="X19" s="51"/>
       <c r="Y19" s="51"/>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A20" s="4"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="4"/>
       <c r="E20" s="5"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
-      <c r="H20" s="141"/>
-[...1 lines deleted...]
-      <c r="J20" s="142">
+      <c r="H20" s="139"/>
+      <c r="I20" s="139"/>
+      <c r="J20" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K20" s="141"/>
-[...4 lines deleted...]
-      <c r="P20" s="144">
+      <c r="K20" s="139"/>
+      <c r="L20" s="141"/>
+      <c r="M20" s="141"/>
+      <c r="N20" s="141"/>
+      <c r="O20" s="141"/>
+      <c r="P20" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q20" s="144">
+      <c r="Q20" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R20" s="144">
+      <c r="R20" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S20" s="145">
+      <c r="S20" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T20" s="48"/>
       <c r="U20" s="49"/>
       <c r="V20" s="49"/>
       <c r="W20" s="49"/>
       <c r="X20" s="49"/>
       <c r="Y20" s="49"/>
     </row>
     <row r="21" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11"/>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="11"/>
       <c r="E21" s="12"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
-      <c r="H21" s="146"/>
-[...1 lines deleted...]
-      <c r="J21" s="147">
+      <c r="H21" s="144"/>
+      <c r="I21" s="144"/>
+      <c r="J21" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K21" s="146"/>
-[...4 lines deleted...]
-      <c r="P21" s="149">
+      <c r="K21" s="144"/>
+      <c r="L21" s="146"/>
+      <c r="M21" s="146"/>
+      <c r="N21" s="146"/>
+      <c r="O21" s="146"/>
+      <c r="P21" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q21" s="149">
+      <c r="Q21" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R21" s="149">
+      <c r="R21" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S21" s="150">
+      <c r="S21" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T21" s="50"/>
       <c r="U21" s="51"/>
       <c r="V21" s="51"/>
       <c r="W21" s="51"/>
       <c r="X21" s="51"/>
       <c r="Y21" s="51"/>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A22" s="4"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="4"/>
       <c r="E22" s="5"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
-      <c r="H22" s="141"/>
-[...1 lines deleted...]
-      <c r="J22" s="142">
+      <c r="H22" s="139"/>
+      <c r="I22" s="139"/>
+      <c r="J22" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K22" s="141"/>
-[...4 lines deleted...]
-      <c r="P22" s="144">
+      <c r="K22" s="139"/>
+      <c r="L22" s="141"/>
+      <c r="M22" s="141"/>
+      <c r="N22" s="141"/>
+      <c r="O22" s="141"/>
+      <c r="P22" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q22" s="144">
+      <c r="Q22" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R22" s="144">
+      <c r="R22" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S22" s="145">
+      <c r="S22" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T22" s="48"/>
       <c r="U22" s="49"/>
       <c r="V22" s="49"/>
       <c r="W22" s="49"/>
       <c r="X22" s="49"/>
       <c r="Y22" s="49"/>
     </row>
     <row r="23" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="11"/>
       <c r="B23" s="12"/>
       <c r="C23" s="12"/>
       <c r="D23" s="11"/>
       <c r="E23" s="12"/>
       <c r="F23" s="11"/>
       <c r="G23" s="11"/>
-      <c r="H23" s="146"/>
-[...1 lines deleted...]
-      <c r="J23" s="147">
+      <c r="H23" s="144"/>
+      <c r="I23" s="144"/>
+      <c r="J23" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K23" s="146"/>
-[...4 lines deleted...]
-      <c r="P23" s="149">
+      <c r="K23" s="144"/>
+      <c r="L23" s="146"/>
+      <c r="M23" s="146"/>
+      <c r="N23" s="146"/>
+      <c r="O23" s="146"/>
+      <c r="P23" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q23" s="149">
+      <c r="Q23" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R23" s="149">
+      <c r="R23" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S23" s="150">
+      <c r="S23" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T23" s="50"/>
       <c r="U23" s="51"/>
       <c r="V23" s="51"/>
       <c r="W23" s="51"/>
       <c r="X23" s="51"/>
       <c r="Y23" s="51"/>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A24" s="4"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="4"/>
       <c r="E24" s="5"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
-      <c r="H24" s="141"/>
-[...1 lines deleted...]
-      <c r="J24" s="142">
+      <c r="H24" s="139"/>
+      <c r="I24" s="139"/>
+      <c r="J24" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K24" s="141"/>
-[...4 lines deleted...]
-      <c r="P24" s="144">
+      <c r="K24" s="139"/>
+      <c r="L24" s="141"/>
+      <c r="M24" s="141"/>
+      <c r="N24" s="141"/>
+      <c r="O24" s="141"/>
+      <c r="P24" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q24" s="144">
+      <c r="Q24" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R24" s="144">
+      <c r="R24" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S24" s="145">
+      <c r="S24" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T24" s="48"/>
       <c r="U24" s="49"/>
       <c r="V24" s="49"/>
       <c r="W24" s="49"/>
       <c r="X24" s="49"/>
       <c r="Y24" s="49"/>
     </row>
     <row r="25" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="11"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="11"/>
       <c r="E25" s="12"/>
       <c r="F25" s="11"/>
       <c r="G25" s="11"/>
-      <c r="H25" s="146"/>
-[...1 lines deleted...]
-      <c r="J25" s="147">
+      <c r="H25" s="144"/>
+      <c r="I25" s="144"/>
+      <c r="J25" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K25" s="146"/>
-[...4 lines deleted...]
-      <c r="P25" s="149">
+      <c r="K25" s="144"/>
+      <c r="L25" s="146"/>
+      <c r="M25" s="146"/>
+      <c r="N25" s="146"/>
+      <c r="O25" s="146"/>
+      <c r="P25" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q25" s="149">
+      <c r="Q25" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R25" s="149">
+      <c r="R25" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S25" s="150">
+      <c r="S25" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T25" s="50"/>
       <c r="U25" s="51"/>
       <c r="V25" s="51"/>
       <c r="W25" s="51"/>
       <c r="X25" s="51"/>
       <c r="Y25" s="51"/>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A26" s="4"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="4"/>
       <c r="E26" s="5"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
-      <c r="H26" s="141"/>
-[...1 lines deleted...]
-      <c r="J26" s="142">
+      <c r="H26" s="139"/>
+      <c r="I26" s="139"/>
+      <c r="J26" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K26" s="141"/>
-[...4 lines deleted...]
-      <c r="P26" s="144">
+      <c r="K26" s="139"/>
+      <c r="L26" s="141"/>
+      <c r="M26" s="141"/>
+      <c r="N26" s="141"/>
+      <c r="O26" s="141"/>
+      <c r="P26" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q26" s="144">
+      <c r="Q26" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R26" s="144">
+      <c r="R26" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S26" s="145">
+      <c r="S26" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T26" s="48"/>
       <c r="U26" s="49"/>
       <c r="V26" s="49"/>
       <c r="W26" s="49"/>
       <c r="X26" s="49"/>
       <c r="Y26" s="49"/>
     </row>
     <row r="27" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="11"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="11"/>
       <c r="E27" s="12"/>
       <c r="F27" s="11"/>
       <c r="G27" s="11"/>
-      <c r="H27" s="146"/>
-[...1 lines deleted...]
-      <c r="J27" s="147">
+      <c r="H27" s="144"/>
+      <c r="I27" s="144"/>
+      <c r="J27" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K27" s="146"/>
-[...4 lines deleted...]
-      <c r="P27" s="149">
+      <c r="K27" s="144"/>
+      <c r="L27" s="146"/>
+      <c r="M27" s="146"/>
+      <c r="N27" s="146"/>
+      <c r="O27" s="146"/>
+      <c r="P27" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q27" s="149">
+      <c r="Q27" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R27" s="149">
+      <c r="R27" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S27" s="150">
+      <c r="S27" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T27" s="50"/>
       <c r="U27" s="51"/>
       <c r="V27" s="51"/>
       <c r="W27" s="51"/>
       <c r="X27" s="51"/>
       <c r="Y27" s="51"/>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A28" s="4"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="4"/>
       <c r="E28" s="5"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
-      <c r="H28" s="141"/>
-[...1 lines deleted...]
-      <c r="J28" s="142">
+      <c r="H28" s="139"/>
+      <c r="I28" s="139"/>
+      <c r="J28" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K28" s="141"/>
-[...4 lines deleted...]
-      <c r="P28" s="144">
+      <c r="K28" s="139"/>
+      <c r="L28" s="141"/>
+      <c r="M28" s="141"/>
+      <c r="N28" s="141"/>
+      <c r="O28" s="141"/>
+      <c r="P28" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q28" s="144">
+      <c r="Q28" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R28" s="144">
+      <c r="R28" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S28" s="145">
+      <c r="S28" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T28" s="48"/>
       <c r="U28" s="49"/>
       <c r="V28" s="49"/>
       <c r="W28" s="49"/>
       <c r="X28" s="49"/>
       <c r="Y28" s="49"/>
     </row>
     <row r="29" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="11"/>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="11"/>
       <c r="E29" s="12"/>
       <c r="F29" s="11"/>
       <c r="G29" s="11"/>
-      <c r="H29" s="146"/>
-[...1 lines deleted...]
-      <c r="J29" s="147">
+      <c r="H29" s="144"/>
+      <c r="I29" s="144"/>
+      <c r="J29" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K29" s="146"/>
-[...4 lines deleted...]
-      <c r="P29" s="149">
+      <c r="K29" s="144"/>
+      <c r="L29" s="146"/>
+      <c r="M29" s="146"/>
+      <c r="N29" s="146"/>
+      <c r="O29" s="146"/>
+      <c r="P29" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q29" s="149">
+      <c r="Q29" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R29" s="149">
+      <c r="R29" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S29" s="150">
+      <c r="S29" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T29" s="50"/>
       <c r="U29" s="51"/>
       <c r="V29" s="51"/>
       <c r="W29" s="51"/>
       <c r="X29" s="51"/>
       <c r="Y29" s="51"/>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A30" s="4"/>
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="4"/>
       <c r="E30" s="5"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
-      <c r="H30" s="141"/>
-[...1 lines deleted...]
-      <c r="J30" s="142">
+      <c r="H30" s="139"/>
+      <c r="I30" s="139"/>
+      <c r="J30" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K30" s="141"/>
-[...4 lines deleted...]
-      <c r="P30" s="144">
+      <c r="K30" s="139"/>
+      <c r="L30" s="141"/>
+      <c r="M30" s="141"/>
+      <c r="N30" s="141"/>
+      <c r="O30" s="141"/>
+      <c r="P30" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q30" s="144">
+      <c r="Q30" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R30" s="144">
+      <c r="R30" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S30" s="145">
+      <c r="S30" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T30" s="48"/>
       <c r="U30" s="49"/>
       <c r="V30" s="49"/>
       <c r="W30" s="49"/>
       <c r="X30" s="49"/>
       <c r="Y30" s="49"/>
     </row>
     <row r="31" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="11"/>
       <c r="B31" s="12"/>
       <c r="C31" s="12"/>
       <c r="D31" s="11"/>
       <c r="E31" s="12"/>
       <c r="F31" s="11"/>
       <c r="G31" s="11"/>
-      <c r="H31" s="146"/>
-[...1 lines deleted...]
-      <c r="J31" s="147">
+      <c r="H31" s="144"/>
+      <c r="I31" s="144"/>
+      <c r="J31" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K31" s="146"/>
-[...4 lines deleted...]
-      <c r="P31" s="149">
+      <c r="K31" s="144"/>
+      <c r="L31" s="146"/>
+      <c r="M31" s="146"/>
+      <c r="N31" s="146"/>
+      <c r="O31" s="146"/>
+      <c r="P31" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q31" s="149">
+      <c r="Q31" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R31" s="149">
+      <c r="R31" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S31" s="150">
+      <c r="S31" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T31" s="50"/>
       <c r="U31" s="51"/>
       <c r="V31" s="51"/>
       <c r="W31" s="51"/>
       <c r="X31" s="51"/>
       <c r="Y31" s="51"/>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A32" s="6"/>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="6"/>
       <c r="E32" s="7"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
-      <c r="H32" s="151"/>
-[...1 lines deleted...]
-      <c r="J32" s="142">
+      <c r="H32" s="149"/>
+      <c r="I32" s="149"/>
+      <c r="J32" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K32" s="151"/>
-[...4 lines deleted...]
-      <c r="P32" s="144">
+      <c r="K32" s="149"/>
+      <c r="L32" s="150"/>
+      <c r="M32" s="150"/>
+      <c r="N32" s="150"/>
+      <c r="O32" s="150"/>
+      <c r="P32" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q32" s="144">
+      <c r="Q32" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R32" s="144">
+      <c r="R32" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S32" s="145">
+      <c r="S32" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T32" s="52"/>
       <c r="U32" s="53"/>
       <c r="V32" s="53"/>
       <c r="W32" s="53"/>
       <c r="X32" s="53"/>
       <c r="Y32" s="53"/>
     </row>
     <row r="33" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="14"/>
       <c r="B33" s="15"/>
       <c r="C33" s="15"/>
       <c r="D33" s="14"/>
       <c r="E33" s="15"/>
       <c r="F33" s="14"/>
       <c r="G33" s="14"/>
-      <c r="H33" s="153"/>
-[...1 lines deleted...]
-      <c r="J33" s="147">
+      <c r="H33" s="151"/>
+      <c r="I33" s="151"/>
+      <c r="J33" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K33" s="153"/>
-[...4 lines deleted...]
-      <c r="P33" s="149">
+      <c r="K33" s="151"/>
+      <c r="L33" s="152"/>
+      <c r="M33" s="152"/>
+      <c r="N33" s="152"/>
+      <c r="O33" s="152"/>
+      <c r="P33" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q33" s="149">
+      <c r="Q33" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R33" s="149">
+      <c r="R33" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S33" s="150">
+      <c r="S33" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T33" s="54"/>
       <c r="U33" s="55"/>
       <c r="V33" s="55"/>
       <c r="W33" s="55"/>
       <c r="X33" s="55"/>
       <c r="Y33" s="55"/>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A34" s="6"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="6"/>
       <c r="E34" s="7"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
-      <c r="H34" s="151"/>
-[...1 lines deleted...]
-      <c r="J34" s="142">
+      <c r="H34" s="149"/>
+      <c r="I34" s="149"/>
+      <c r="J34" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K34" s="151"/>
-[...4 lines deleted...]
-      <c r="P34" s="144">
+      <c r="K34" s="149"/>
+      <c r="L34" s="150"/>
+      <c r="M34" s="150"/>
+      <c r="N34" s="150"/>
+      <c r="O34" s="150"/>
+      <c r="P34" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q34" s="144">
+      <c r="Q34" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R34" s="144">
+      <c r="R34" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S34" s="145">
+      <c r="S34" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T34" s="52"/>
       <c r="U34" s="53"/>
       <c r="V34" s="53"/>
       <c r="W34" s="53"/>
       <c r="X34" s="53"/>
       <c r="Y34" s="53"/>
     </row>
     <row r="35" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="14"/>
       <c r="B35" s="15"/>
       <c r="C35" s="15"/>
       <c r="D35" s="14"/>
       <c r="E35" s="15"/>
       <c r="F35" s="14"/>
       <c r="G35" s="14"/>
-      <c r="H35" s="153"/>
-[...1 lines deleted...]
-      <c r="J35" s="147">
+      <c r="H35" s="151"/>
+      <c r="I35" s="151"/>
+      <c r="J35" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K35" s="153"/>
-[...4 lines deleted...]
-      <c r="P35" s="149">
+      <c r="K35" s="151"/>
+      <c r="L35" s="152"/>
+      <c r="M35" s="152"/>
+      <c r="N35" s="152"/>
+      <c r="O35" s="152"/>
+      <c r="P35" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q35" s="149">
+      <c r="Q35" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R35" s="149">
+      <c r="R35" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S35" s="150">
+      <c r="S35" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T35" s="54"/>
       <c r="U35" s="55"/>
       <c r="V35" s="55"/>
       <c r="W35" s="55"/>
       <c r="X35" s="55"/>
       <c r="Y35" s="55"/>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A36" s="6"/>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="6"/>
       <c r="E36" s="7"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
-      <c r="H36" s="151"/>
-[...1 lines deleted...]
-      <c r="J36" s="142">
+      <c r="H36" s="149"/>
+      <c r="I36" s="149"/>
+      <c r="J36" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K36" s="151"/>
-[...4 lines deleted...]
-      <c r="P36" s="144">
+      <c r="K36" s="149"/>
+      <c r="L36" s="150"/>
+      <c r="M36" s="150"/>
+      <c r="N36" s="150"/>
+      <c r="O36" s="150"/>
+      <c r="P36" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q36" s="144">
+      <c r="Q36" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R36" s="144">
+      <c r="R36" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S36" s="145">
+      <c r="S36" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T36" s="52"/>
       <c r="U36" s="53"/>
       <c r="V36" s="53"/>
       <c r="W36" s="53"/>
       <c r="X36" s="53"/>
       <c r="Y36" s="53"/>
     </row>
     <row r="37" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="14"/>
       <c r="B37" s="15"/>
       <c r="C37" s="15"/>
       <c r="D37" s="14"/>
       <c r="E37" s="15"/>
       <c r="F37" s="14"/>
       <c r="G37" s="14"/>
-      <c r="H37" s="153"/>
-[...1 lines deleted...]
-      <c r="J37" s="147">
+      <c r="H37" s="151"/>
+      <c r="I37" s="151"/>
+      <c r="J37" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K37" s="153"/>
-[...4 lines deleted...]
-      <c r="P37" s="149">
+      <c r="K37" s="151"/>
+      <c r="L37" s="152"/>
+      <c r="M37" s="152"/>
+      <c r="N37" s="152"/>
+      <c r="O37" s="152"/>
+      <c r="P37" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q37" s="149">
+      <c r="Q37" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R37" s="149">
+      <c r="R37" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S37" s="150">
+      <c r="S37" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T37" s="54"/>
       <c r="U37" s="55"/>
       <c r="V37" s="55"/>
       <c r="W37" s="55"/>
       <c r="X37" s="55"/>
       <c r="Y37" s="55"/>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A38" s="6"/>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="6"/>
       <c r="E38" s="7"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
-      <c r="H38" s="151"/>
-[...1 lines deleted...]
-      <c r="J38" s="142">
+      <c r="H38" s="149"/>
+      <c r="I38" s="149"/>
+      <c r="J38" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K38" s="151"/>
-[...4 lines deleted...]
-      <c r="P38" s="144">
+      <c r="K38" s="149"/>
+      <c r="L38" s="150"/>
+      <c r="M38" s="150"/>
+      <c r="N38" s="150"/>
+      <c r="O38" s="150"/>
+      <c r="P38" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q38" s="144">
+      <c r="Q38" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R38" s="144">
+      <c r="R38" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S38" s="145">
+      <c r="S38" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T38" s="52"/>
       <c r="U38" s="53"/>
       <c r="V38" s="53"/>
       <c r="W38" s="53"/>
       <c r="X38" s="53"/>
       <c r="Y38" s="53"/>
     </row>
     <row r="39" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="14"/>
       <c r="B39" s="15"/>
       <c r="C39" s="15"/>
       <c r="D39" s="14"/>
       <c r="E39" s="15"/>
       <c r="F39" s="14"/>
       <c r="G39" s="14"/>
-      <c r="H39" s="153"/>
-[...1 lines deleted...]
-      <c r="J39" s="147">
+      <c r="H39" s="151"/>
+      <c r="I39" s="151"/>
+      <c r="J39" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K39" s="153"/>
-[...4 lines deleted...]
-      <c r="P39" s="149">
+      <c r="K39" s="151"/>
+      <c r="L39" s="152"/>
+      <c r="M39" s="152"/>
+      <c r="N39" s="152"/>
+      <c r="O39" s="152"/>
+      <c r="P39" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q39" s="149">
+      <c r="Q39" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R39" s="149">
+      <c r="R39" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S39" s="150">
+      <c r="S39" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T39" s="54"/>
       <c r="U39" s="55"/>
       <c r="V39" s="55"/>
       <c r="W39" s="55"/>
       <c r="X39" s="55"/>
       <c r="Y39" s="55"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A40" s="6"/>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="6"/>
       <c r="E40" s="7"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
-      <c r="H40" s="151"/>
-[...1 lines deleted...]
-      <c r="J40" s="142">
+      <c r="H40" s="149"/>
+      <c r="I40" s="149"/>
+      <c r="J40" s="140">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K40" s="151"/>
-[...4 lines deleted...]
-      <c r="P40" s="144">
+      <c r="K40" s="149"/>
+      <c r="L40" s="150"/>
+      <c r="M40" s="150"/>
+      <c r="N40" s="150"/>
+      <c r="O40" s="150"/>
+      <c r="P40" s="142">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q40" s="144">
+      <c r="Q40" s="142">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R40" s="144">
+      <c r="R40" s="142">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S40" s="145">
+      <c r="S40" s="143">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T40" s="52"/>
       <c r="U40" s="53"/>
       <c r="V40" s="53"/>
       <c r="W40" s="53"/>
       <c r="X40" s="53"/>
       <c r="Y40" s="53"/>
     </row>
     <row r="41" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="14"/>
       <c r="B41" s="15"/>
       <c r="C41" s="15"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="14"/>
       <c r="G41" s="14"/>
-      <c r="H41" s="153"/>
-[...1 lines deleted...]
-      <c r="J41" s="147">
+      <c r="H41" s="151"/>
+      <c r="I41" s="151"/>
+      <c r="J41" s="145">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K41" s="153"/>
-[...4 lines deleted...]
-      <c r="P41" s="149">
+      <c r="K41" s="151"/>
+      <c r="L41" s="152"/>
+      <c r="M41" s="152"/>
+      <c r="N41" s="152"/>
+      <c r="O41" s="152"/>
+      <c r="P41" s="147">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q41" s="149">
+      <c r="Q41" s="147">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R41" s="149">
+      <c r="R41" s="147">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S41" s="150">
+      <c r="S41" s="148">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T41" s="54"/>
       <c r="U41" s="55"/>
       <c r="V41" s="55"/>
       <c r="W41" s="55"/>
       <c r="X41" s="55"/>
       <c r="Y41" s="55"/>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A42" s="6"/>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="6"/>
       <c r="E42" s="7"/>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
-      <c r="H42" s="151"/>
-[...1 lines deleted...]
-      <c r="J42" s="155">
+      <c r="H42" s="149"/>
+      <c r="I42" s="149"/>
+      <c r="J42" s="153">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K42" s="151"/>
-[...4 lines deleted...]
-      <c r="P42" s="156">
+      <c r="K42" s="149"/>
+      <c r="L42" s="149"/>
+      <c r="M42" s="149"/>
+      <c r="N42" s="149"/>
+      <c r="O42" s="149"/>
+      <c r="P42" s="154">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Q42" s="156">
+      <c r="Q42" s="154">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R42" s="155">
+      <c r="R42" s="153">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S42" s="157">
+      <c r="S42" s="155">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T42" s="52"/>
       <c r="U42" s="53"/>
       <c r="V42" s="53"/>
       <c r="W42" s="53"/>
       <c r="X42" s="53"/>
       <c r="Y42" s="53"/>
     </row>
     <row r="43" spans="1:25" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B43" s="34"/>
       <c r="C43" s="34"/>
       <c r="D43" s="34"/>
       <c r="E43" s="34"/>
       <c r="F43" s="34"/>
       <c r="G43" s="34"/>
       <c r="H43" s="35"/>
       <c r="I43" s="35">
         <f t="shared" ref="I43:S43" si="5">SUM(I13:I42)</f>
         <v>0</v>
       </c>
@@ -5446,3363 +5452,3363 @@
       </c>
       <c r="P43" s="35">
         <f>SUM(P13:P42)</f>
         <v>0</v>
       </c>
       <c r="Q43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="R43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="S43" s="35">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="T43" s="36"/>
       <c r="U43" s="34"/>
       <c r="V43" s="34"/>
       <c r="W43" s="34"/>
       <c r="X43" s="34"/>
       <c r="Y43" s="37"/>
     </row>
     <row r="44" spans="1:25" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="99" t="s">
+      <c r="A44" s="97" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="19"/>
       <c r="C44" s="19"/>
       <c r="D44" s="19"/>
       <c r="E44" s="19"/>
       <c r="F44" s="19"/>
       <c r="G44" s="19"/>
       <c r="H44" s="20"/>
       <c r="I44" s="63"/>
       <c r="J44" s="41"/>
       <c r="K44" s="20"/>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
       <c r="N44" s="20"/>
       <c r="O44" s="20"/>
       <c r="P44" s="41"/>
       <c r="Q44" s="41"/>
       <c r="R44" s="41"/>
       <c r="S44" s="41"/>
       <c r="T44" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U44" s="44"/>
       <c r="V44" s="45"/>
       <c r="W44" s="45"/>
       <c r="X44" s="45"/>
       <c r="Y44" s="57"/>
     </row>
     <row r="45" spans="1:25" s="23" customFormat="1" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A45" s="167" t="s">
+      <c r="A45" s="170" t="s">
         <v>3</v>
       </c>
-      <c r="B45" s="167" t="s">
+      <c r="B45" s="170" t="s">
         <v>4</v>
       </c>
-      <c r="C45" s="167" t="s">
+      <c r="C45" s="170" t="s">
         <v>5</v>
       </c>
-      <c r="D45" s="167" t="s">
+      <c r="D45" s="170" t="s">
         <v>31</v>
       </c>
-      <c r="E45" s="167" t="s">
+      <c r="E45" s="170" t="s">
         <v>19</v>
       </c>
-      <c r="F45" s="167" t="s">
+      <c r="F45" s="170" t="s">
         <v>32</v>
       </c>
-      <c r="G45" s="167" t="s">
+      <c r="G45" s="170" t="s">
         <v>29</v>
       </c>
-      <c r="H45" s="167" t="s">
+      <c r="H45" s="170" t="s">
         <v>36</v>
       </c>
-      <c r="I45" s="173" t="s">
+      <c r="I45" s="176" t="s">
         <v>35</v>
       </c>
-      <c r="J45" s="167" t="s">
+      <c r="J45" s="170" t="s">
         <v>37</v>
       </c>
       <c r="K45" s="31" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="31" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="31" t="s">
         <v>25</v>
       </c>
       <c r="N45" s="31" t="s">
         <v>26</v>
       </c>
       <c r="O45" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="P45" s="167" t="s">
+      <c r="P45" s="170" t="s">
         <v>28</v>
       </c>
-      <c r="Q45" s="167" t="s">
+      <c r="Q45" s="170" t="s">
         <v>21</v>
       </c>
-      <c r="R45" s="167" t="s">
+      <c r="R45" s="170" t="s">
         <v>38</v>
       </c>
-      <c r="S45" s="167" t="s">
+      <c r="S45" s="170" t="s">
         <v>22</v>
       </c>
-      <c r="T45" s="161" t="s">
+      <c r="T45" s="167" t="s">
         <v>8</v>
       </c>
-      <c r="U45" s="161" t="s">
+      <c r="U45" s="167" t="s">
         <v>17</v>
       </c>
-      <c r="V45" s="161" t="s">
+      <c r="V45" s="167" t="s">
         <v>33</v>
       </c>
-      <c r="W45" s="161" t="s">
+      <c r="W45" s="167" t="s">
         <v>30</v>
       </c>
-      <c r="X45" s="161" t="s">
+      <c r="X45" s="167" t="s">
         <v>18</v>
       </c>
-      <c r="Y45" s="161" t="s">
+      <c r="Y45" s="167" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:25" s="23" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="187"/>
-[...9 lines deleted...]
-      <c r="K46" s="176" t="s">
+      <c r="A46" s="171"/>
+      <c r="B46" s="171"/>
+      <c r="C46" s="171"/>
+      <c r="D46" s="171"/>
+      <c r="E46" s="171"/>
+      <c r="F46" s="171"/>
+      <c r="G46" s="171"/>
+      <c r="H46" s="171"/>
+      <c r="I46" s="181"/>
+      <c r="J46" s="171"/>
+      <c r="K46" s="173" t="s">
         <v>39</v>
       </c>
-      <c r="L46" s="177"/>
-[...12 lines deleted...]
-      <c r="Y46" s="162"/>
+      <c r="L46" s="174"/>
+      <c r="M46" s="174"/>
+      <c r="N46" s="174"/>
+      <c r="O46" s="175"/>
+      <c r="P46" s="171"/>
+      <c r="Q46" s="171"/>
+      <c r="R46" s="179"/>
+      <c r="S46" s="171"/>
+      <c r="T46" s="168"/>
+      <c r="U46" s="168"/>
+      <c r="V46" s="168"/>
+      <c r="W46" s="168"/>
+      <c r="X46" s="168"/>
+      <c r="Y46" s="168"/>
     </row>
     <row r="47" spans="1:25" s="23" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="188"/>
-[...9 lines deleted...]
-      <c r="K47" s="67" t="s">
+      <c r="A47" s="172"/>
+      <c r="B47" s="172"/>
+      <c r="C47" s="172"/>
+      <c r="D47" s="172"/>
+      <c r="E47" s="172"/>
+      <c r="F47" s="172"/>
+      <c r="G47" s="172"/>
+      <c r="H47" s="172"/>
+      <c r="I47" s="182"/>
+      <c r="J47" s="172"/>
+      <c r="K47" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="L47" s="67" t="s">
+      <c r="L47" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="M47" s="67" t="s">
+      <c r="M47" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="N47" s="67" t="s">
+      <c r="N47" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="O47" s="67" t="s">
+      <c r="O47" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="P47" s="188"/>
-[...8 lines deleted...]
-      <c r="Y47" s="191"/>
+      <c r="P47" s="172"/>
+      <c r="Q47" s="172"/>
+      <c r="R47" s="180"/>
+      <c r="S47" s="172"/>
+      <c r="T47" s="169"/>
+      <c r="U47" s="169"/>
+      <c r="V47" s="169"/>
+      <c r="W47" s="169"/>
+      <c r="X47" s="169"/>
+      <c r="Y47" s="169"/>
     </row>
     <row r="48" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="11"/>
       <c r="B48" s="12"/>
       <c r="C48" s="12"/>
       <c r="D48" s="11"/>
       <c r="E48" s="12"/>
       <c r="F48" s="12"/>
       <c r="G48" s="11"/>
-      <c r="H48" s="146"/>
-[...1 lines deleted...]
-      <c r="J48" s="147">
+      <c r="H48" s="144"/>
+      <c r="I48" s="144"/>
+      <c r="J48" s="145">
         <f>SUM(H48:I48)</f>
         <v>0</v>
       </c>
-      <c r="K48" s="146"/>
-[...4 lines deleted...]
-      <c r="P48" s="149">
+      <c r="K48" s="144"/>
+      <c r="L48" s="146"/>
+      <c r="M48" s="146"/>
+      <c r="N48" s="146"/>
+      <c r="O48" s="146"/>
+      <c r="P48" s="147">
         <f>SUM(K48:O48)</f>
         <v>0</v>
       </c>
-      <c r="Q48" s="149">
+      <c r="Q48" s="147">
         <f>H48*P48</f>
         <v>0</v>
       </c>
-      <c r="R48" s="149">
+      <c r="R48" s="147">
         <f>I48*P48</f>
         <v>0</v>
       </c>
-      <c r="S48" s="150">
+      <c r="S48" s="148">
         <f>SUM(Q48:R48)</f>
         <v>0</v>
       </c>
       <c r="T48" s="46"/>
       <c r="U48" s="47"/>
       <c r="V48" s="47"/>
       <c r="W48" s="47"/>
       <c r="X48" s="47"/>
       <c r="Y48" s="47"/>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A49" s="4"/>
       <c r="B49" s="5"/>
       <c r="C49" s="5"/>
       <c r="D49" s="4"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="4"/>
-      <c r="H49" s="141"/>
-[...1 lines deleted...]
-      <c r="J49" s="142">
+      <c r="H49" s="139"/>
+      <c r="I49" s="139"/>
+      <c r="J49" s="140">
         <f t="shared" ref="J49:J112" si="6">SUM(H49:I49)</f>
         <v>0</v>
       </c>
-      <c r="K49" s="141"/>
-[...4 lines deleted...]
-      <c r="P49" s="144">
+      <c r="K49" s="139"/>
+      <c r="L49" s="141"/>
+      <c r="M49" s="141"/>
+      <c r="N49" s="141"/>
+      <c r="O49" s="141"/>
+      <c r="P49" s="142">
         <f t="shared" ref="P49:P112" si="7">SUM(K49:O49)</f>
         <v>0</v>
       </c>
-      <c r="Q49" s="144">
+      <c r="Q49" s="142">
         <f t="shared" ref="Q49:Q112" si="8">H49*P49</f>
         <v>0</v>
       </c>
-      <c r="R49" s="144">
+      <c r="R49" s="142">
         <f t="shared" ref="R49:R112" si="9">I49*P49</f>
         <v>0</v>
       </c>
-      <c r="S49" s="145">
+      <c r="S49" s="143">
         <f t="shared" ref="S49:S112" si="10">SUM(Q49:R49)</f>
         <v>0</v>
       </c>
       <c r="T49" s="48"/>
       <c r="U49" s="49"/>
       <c r="V49" s="49"/>
       <c r="W49" s="49"/>
       <c r="X49" s="49"/>
       <c r="Y49" s="49"/>
     </row>
     <row r="50" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="11"/>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="11"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12"/>
       <c r="G50" s="11"/>
-      <c r="H50" s="146"/>
-[...1 lines deleted...]
-      <c r="J50" s="147">
+      <c r="H50" s="144"/>
+      <c r="I50" s="144"/>
+      <c r="J50" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K50" s="146"/>
-[...4 lines deleted...]
-      <c r="P50" s="149">
+      <c r="K50" s="144"/>
+      <c r="L50" s="146"/>
+      <c r="M50" s="146"/>
+      <c r="N50" s="146"/>
+      <c r="O50" s="146"/>
+      <c r="P50" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q50" s="149">
+      <c r="Q50" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R50" s="149">
+      <c r="R50" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S50" s="150">
+      <c r="S50" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T50" s="50"/>
       <c r="U50" s="51"/>
       <c r="V50" s="51"/>
       <c r="W50" s="51"/>
       <c r="X50" s="51"/>
       <c r="Y50" s="51"/>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A51" s="4"/>
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="4"/>
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="G51" s="4"/>
-      <c r="H51" s="141"/>
-[...1 lines deleted...]
-      <c r="J51" s="142">
+      <c r="H51" s="139"/>
+      <c r="I51" s="139"/>
+      <c r="J51" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K51" s="141"/>
-[...4 lines deleted...]
-      <c r="P51" s="144">
+      <c r="K51" s="139"/>
+      <c r="L51" s="141"/>
+      <c r="M51" s="141"/>
+      <c r="N51" s="141"/>
+      <c r="O51" s="141"/>
+      <c r="P51" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q51" s="144">
+      <c r="Q51" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R51" s="144">
+      <c r="R51" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S51" s="145">
+      <c r="S51" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T51" s="48"/>
       <c r="U51" s="49"/>
       <c r="V51" s="49"/>
       <c r="W51" s="49"/>
       <c r="X51" s="49"/>
       <c r="Y51" s="49"/>
     </row>
     <row r="52" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="11"/>
       <c r="B52" s="12"/>
       <c r="C52" s="12"/>
       <c r="D52" s="11"/>
       <c r="E52" s="12"/>
       <c r="F52" s="12"/>
       <c r="G52" s="11"/>
-      <c r="H52" s="146"/>
-[...1 lines deleted...]
-      <c r="J52" s="147">
+      <c r="H52" s="144"/>
+      <c r="I52" s="144"/>
+      <c r="J52" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K52" s="146"/>
-[...4 lines deleted...]
-      <c r="P52" s="149">
+      <c r="K52" s="144"/>
+      <c r="L52" s="146"/>
+      <c r="M52" s="146"/>
+      <c r="N52" s="146"/>
+      <c r="O52" s="146"/>
+      <c r="P52" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q52" s="149">
+      <c r="Q52" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R52" s="149">
+      <c r="R52" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S52" s="150">
+      <c r="S52" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T52" s="50"/>
       <c r="U52" s="51"/>
       <c r="V52" s="51"/>
       <c r="W52" s="51"/>
       <c r="X52" s="51"/>
       <c r="Y52" s="51"/>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A53" s="4"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="4"/>
       <c r="E53" s="5"/>
       <c r="F53" s="5"/>
       <c r="G53" s="4"/>
-      <c r="H53" s="141"/>
-[...1 lines deleted...]
-      <c r="J53" s="142">
+      <c r="H53" s="139"/>
+      <c r="I53" s="139"/>
+      <c r="J53" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K53" s="141"/>
-[...4 lines deleted...]
-      <c r="P53" s="144">
+      <c r="K53" s="139"/>
+      <c r="L53" s="141"/>
+      <c r="M53" s="141"/>
+      <c r="N53" s="141"/>
+      <c r="O53" s="141"/>
+      <c r="P53" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q53" s="144">
+      <c r="Q53" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R53" s="144">
+      <c r="R53" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S53" s="145">
+      <c r="S53" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T53" s="48"/>
       <c r="U53" s="49"/>
       <c r="V53" s="49"/>
       <c r="W53" s="49"/>
       <c r="X53" s="49"/>
       <c r="Y53" s="49"/>
     </row>
     <row r="54" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="11"/>
       <c r="B54" s="12"/>
       <c r="C54" s="12"/>
       <c r="D54" s="11"/>
       <c r="E54" s="12"/>
       <c r="F54" s="12"/>
       <c r="G54" s="11"/>
-      <c r="H54" s="146"/>
-[...1 lines deleted...]
-      <c r="J54" s="147">
+      <c r="H54" s="144"/>
+      <c r="I54" s="144"/>
+      <c r="J54" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K54" s="146"/>
-[...4 lines deleted...]
-      <c r="P54" s="149">
+      <c r="K54" s="144"/>
+      <c r="L54" s="146"/>
+      <c r="M54" s="146"/>
+      <c r="N54" s="146"/>
+      <c r="O54" s="146"/>
+      <c r="P54" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q54" s="149">
+      <c r="Q54" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R54" s="149">
+      <c r="R54" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S54" s="150">
+      <c r="S54" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T54" s="50"/>
       <c r="U54" s="51"/>
       <c r="V54" s="51"/>
       <c r="W54" s="51"/>
       <c r="X54" s="51"/>
       <c r="Y54" s="51"/>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A55" s="4"/>
       <c r="B55" s="5"/>
       <c r="C55" s="5"/>
       <c r="D55" s="4"/>
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
       <c r="G55" s="4"/>
-      <c r="H55" s="141"/>
-[...1 lines deleted...]
-      <c r="J55" s="142">
+      <c r="H55" s="139"/>
+      <c r="I55" s="139"/>
+      <c r="J55" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K55" s="141"/>
-[...4 lines deleted...]
-      <c r="P55" s="144">
+      <c r="K55" s="139"/>
+      <c r="L55" s="141"/>
+      <c r="M55" s="141"/>
+      <c r="N55" s="141"/>
+      <c r="O55" s="141"/>
+      <c r="P55" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q55" s="144">
+      <c r="Q55" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R55" s="144">
+      <c r="R55" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S55" s="145">
+      <c r="S55" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T55" s="48"/>
       <c r="U55" s="49"/>
       <c r="V55" s="49"/>
       <c r="W55" s="49"/>
       <c r="X55" s="49"/>
       <c r="Y55" s="49"/>
     </row>
     <row r="56" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="11"/>
       <c r="B56" s="12"/>
       <c r="C56" s="12"/>
       <c r="D56" s="11"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="11"/>
-      <c r="H56" s="146"/>
-[...1 lines deleted...]
-      <c r="J56" s="147">
+      <c r="H56" s="144"/>
+      <c r="I56" s="144"/>
+      <c r="J56" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K56" s="146"/>
-[...4 lines deleted...]
-      <c r="P56" s="149">
+      <c r="K56" s="144"/>
+      <c r="L56" s="146"/>
+      <c r="M56" s="146"/>
+      <c r="N56" s="146"/>
+      <c r="O56" s="146"/>
+      <c r="P56" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q56" s="149">
+      <c r="Q56" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R56" s="149">
+      <c r="R56" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S56" s="150">
+      <c r="S56" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T56" s="50"/>
       <c r="U56" s="51"/>
       <c r="V56" s="51"/>
       <c r="W56" s="51"/>
       <c r="X56" s="51"/>
       <c r="Y56" s="51"/>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A57" s="4"/>
       <c r="B57" s="5"/>
       <c r="C57" s="5"/>
       <c r="D57" s="4"/>
       <c r="E57" s="5"/>
       <c r="F57" s="5"/>
       <c r="G57" s="4"/>
-      <c r="H57" s="141"/>
-[...1 lines deleted...]
-      <c r="J57" s="142">
+      <c r="H57" s="139"/>
+      <c r="I57" s="139"/>
+      <c r="J57" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K57" s="141"/>
-[...4 lines deleted...]
-      <c r="P57" s="144">
+      <c r="K57" s="139"/>
+      <c r="L57" s="141"/>
+      <c r="M57" s="141"/>
+      <c r="N57" s="141"/>
+      <c r="O57" s="141"/>
+      <c r="P57" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q57" s="144">
+      <c r="Q57" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R57" s="144">
+      <c r="R57" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S57" s="145">
+      <c r="S57" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T57" s="48"/>
       <c r="U57" s="49"/>
       <c r="V57" s="49"/>
       <c r="W57" s="49"/>
       <c r="X57" s="49"/>
       <c r="Y57" s="49"/>
     </row>
     <row r="58" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="11"/>
       <c r="B58" s="12"/>
       <c r="C58" s="12"/>
       <c r="D58" s="11"/>
       <c r="E58" s="12"/>
       <c r="F58" s="12"/>
       <c r="G58" s="11"/>
-      <c r="H58" s="146"/>
-[...1 lines deleted...]
-      <c r="J58" s="147">
+      <c r="H58" s="144"/>
+      <c r="I58" s="144"/>
+      <c r="J58" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K58" s="146"/>
-[...4 lines deleted...]
-      <c r="P58" s="149">
+      <c r="K58" s="144"/>
+      <c r="L58" s="146"/>
+      <c r="M58" s="146"/>
+      <c r="N58" s="146"/>
+      <c r="O58" s="146"/>
+      <c r="P58" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q58" s="149">
+      <c r="Q58" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R58" s="149">
+      <c r="R58" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S58" s="150">
+      <c r="S58" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T58" s="50"/>
       <c r="U58" s="51"/>
       <c r="V58" s="51"/>
       <c r="W58" s="51"/>
       <c r="X58" s="51"/>
       <c r="Y58" s="51"/>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A59" s="4"/>
       <c r="B59" s="5"/>
       <c r="C59" s="5"/>
       <c r="D59" s="4"/>
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
       <c r="G59" s="4"/>
-      <c r="H59" s="141"/>
-[...1 lines deleted...]
-      <c r="J59" s="142">
+      <c r="H59" s="139"/>
+      <c r="I59" s="139"/>
+      <c r="J59" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K59" s="141"/>
-[...4 lines deleted...]
-      <c r="P59" s="144">
+      <c r="K59" s="139"/>
+      <c r="L59" s="141"/>
+      <c r="M59" s="141"/>
+      <c r="N59" s="141"/>
+      <c r="O59" s="141"/>
+      <c r="P59" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q59" s="144">
+      <c r="Q59" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R59" s="144">
+      <c r="R59" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S59" s="145">
+      <c r="S59" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T59" s="48"/>
       <c r="U59" s="49"/>
       <c r="V59" s="49"/>
       <c r="W59" s="49"/>
       <c r="X59" s="49"/>
       <c r="Y59" s="49"/>
     </row>
     <row r="60" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="11"/>
       <c r="B60" s="12"/>
       <c r="C60" s="12"/>
       <c r="D60" s="11"/>
       <c r="E60" s="12"/>
       <c r="F60" s="12"/>
       <c r="G60" s="11"/>
-      <c r="H60" s="146"/>
-[...1 lines deleted...]
-      <c r="J60" s="147">
+      <c r="H60" s="144"/>
+      <c r="I60" s="144"/>
+      <c r="J60" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K60" s="146"/>
-[...4 lines deleted...]
-      <c r="P60" s="149">
+      <c r="K60" s="144"/>
+      <c r="L60" s="146"/>
+      <c r="M60" s="146"/>
+      <c r="N60" s="146"/>
+      <c r="O60" s="146"/>
+      <c r="P60" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q60" s="149">
+      <c r="Q60" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R60" s="149">
+      <c r="R60" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S60" s="150">
+      <c r="S60" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T60" s="50"/>
       <c r="U60" s="51"/>
       <c r="V60" s="51"/>
       <c r="W60" s="51"/>
       <c r="X60" s="51"/>
       <c r="Y60" s="51"/>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A61" s="4"/>
       <c r="B61" s="5"/>
       <c r="C61" s="5"/>
       <c r="D61" s="4"/>
       <c r="E61" s="5"/>
       <c r="F61" s="5"/>
       <c r="G61" s="4"/>
-      <c r="H61" s="141"/>
-[...1 lines deleted...]
-      <c r="J61" s="142">
+      <c r="H61" s="139"/>
+      <c r="I61" s="139"/>
+      <c r="J61" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K61" s="141"/>
-[...4 lines deleted...]
-      <c r="P61" s="144">
+      <c r="K61" s="139"/>
+      <c r="L61" s="141"/>
+      <c r="M61" s="141"/>
+      <c r="N61" s="141"/>
+      <c r="O61" s="141"/>
+      <c r="P61" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q61" s="144">
+      <c r="Q61" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R61" s="144">
+      <c r="R61" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S61" s="145">
+      <c r="S61" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T61" s="48"/>
       <c r="U61" s="49"/>
       <c r="V61" s="49"/>
       <c r="W61" s="49"/>
       <c r="X61" s="49"/>
       <c r="Y61" s="49"/>
     </row>
     <row r="62" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="11"/>
       <c r="B62" s="12"/>
       <c r="C62" s="12"/>
       <c r="D62" s="11"/>
       <c r="E62" s="12"/>
       <c r="F62" s="12"/>
       <c r="G62" s="11"/>
-      <c r="H62" s="146"/>
-[...1 lines deleted...]
-      <c r="J62" s="147">
+      <c r="H62" s="144"/>
+      <c r="I62" s="144"/>
+      <c r="J62" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K62" s="146"/>
-[...4 lines deleted...]
-      <c r="P62" s="149">
+      <c r="K62" s="144"/>
+      <c r="L62" s="146"/>
+      <c r="M62" s="146"/>
+      <c r="N62" s="146"/>
+      <c r="O62" s="146"/>
+      <c r="P62" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q62" s="149">
+      <c r="Q62" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R62" s="149">
+      <c r="R62" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S62" s="150">
+      <c r="S62" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T62" s="50"/>
       <c r="U62" s="51"/>
       <c r="V62" s="51"/>
       <c r="W62" s="51"/>
       <c r="X62" s="51"/>
       <c r="Y62" s="51"/>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A63" s="4"/>
       <c r="B63" s="5"/>
       <c r="C63" s="5"/>
       <c r="D63" s="4"/>
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
       <c r="G63" s="4"/>
-      <c r="H63" s="141"/>
-[...1 lines deleted...]
-      <c r="J63" s="142">
+      <c r="H63" s="139"/>
+      <c r="I63" s="139"/>
+      <c r="J63" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K63" s="141"/>
-[...4 lines deleted...]
-      <c r="P63" s="144">
+      <c r="K63" s="139"/>
+      <c r="L63" s="141"/>
+      <c r="M63" s="141"/>
+      <c r="N63" s="141"/>
+      <c r="O63" s="141"/>
+      <c r="P63" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q63" s="144">
+      <c r="Q63" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R63" s="144">
+      <c r="R63" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S63" s="145">
+      <c r="S63" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T63" s="48"/>
       <c r="U63" s="49"/>
       <c r="V63" s="49"/>
       <c r="W63" s="49"/>
       <c r="X63" s="49"/>
       <c r="Y63" s="49"/>
     </row>
     <row r="64" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="11"/>
       <c r="B64" s="12"/>
       <c r="C64" s="12"/>
       <c r="D64" s="11"/>
       <c r="E64" s="12"/>
       <c r="F64" s="12"/>
       <c r="G64" s="11"/>
-      <c r="H64" s="146"/>
-[...1 lines deleted...]
-      <c r="J64" s="147">
+      <c r="H64" s="144"/>
+      <c r="I64" s="144"/>
+      <c r="J64" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K64" s="146"/>
-[...4 lines deleted...]
-      <c r="P64" s="149">
+      <c r="K64" s="144"/>
+      <c r="L64" s="146"/>
+      <c r="M64" s="146"/>
+      <c r="N64" s="146"/>
+      <c r="O64" s="146"/>
+      <c r="P64" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q64" s="149">
+      <c r="Q64" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R64" s="149">
+      <c r="R64" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S64" s="150">
+      <c r="S64" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T64" s="50"/>
       <c r="U64" s="51"/>
       <c r="V64" s="51"/>
       <c r="W64" s="51"/>
       <c r="X64" s="51"/>
       <c r="Y64" s="51"/>
     </row>
     <row r="65" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A65" s="4"/>
       <c r="B65" s="5"/>
       <c r="C65" s="5"/>
       <c r="D65" s="4"/>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
       <c r="G65" s="4"/>
-      <c r="H65" s="141"/>
-[...1 lines deleted...]
-      <c r="J65" s="142">
+      <c r="H65" s="139"/>
+      <c r="I65" s="139"/>
+      <c r="J65" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K65" s="141"/>
-[...4 lines deleted...]
-      <c r="P65" s="144">
+      <c r="K65" s="139"/>
+      <c r="L65" s="141"/>
+      <c r="M65" s="141"/>
+      <c r="N65" s="141"/>
+      <c r="O65" s="141"/>
+      <c r="P65" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q65" s="144">
+      <c r="Q65" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R65" s="144">
+      <c r="R65" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S65" s="145">
+      <c r="S65" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T65" s="48"/>
       <c r="U65" s="49"/>
       <c r="V65" s="49"/>
       <c r="W65" s="49"/>
       <c r="X65" s="49"/>
       <c r="Y65" s="49"/>
     </row>
     <row r="66" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="11"/>
       <c r="B66" s="12"/>
       <c r="C66" s="12"/>
       <c r="D66" s="11"/>
       <c r="E66" s="12"/>
       <c r="F66" s="12"/>
       <c r="G66" s="11"/>
-      <c r="H66" s="146"/>
-[...1 lines deleted...]
-      <c r="J66" s="147">
+      <c r="H66" s="144"/>
+      <c r="I66" s="144"/>
+      <c r="J66" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K66" s="146"/>
-[...4 lines deleted...]
-      <c r="P66" s="149">
+      <c r="K66" s="144"/>
+      <c r="L66" s="146"/>
+      <c r="M66" s="146"/>
+      <c r="N66" s="146"/>
+      <c r="O66" s="146"/>
+      <c r="P66" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q66" s="149">
+      <c r="Q66" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R66" s="149">
+      <c r="R66" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S66" s="150">
+      <c r="S66" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T66" s="50"/>
       <c r="U66" s="51"/>
       <c r="V66" s="51"/>
       <c r="W66" s="51"/>
       <c r="X66" s="51"/>
       <c r="Y66" s="51"/>
     </row>
     <row r="67" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A67" s="4"/>
       <c r="B67" s="5"/>
       <c r="C67" s="5"/>
       <c r="D67" s="4"/>
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
       <c r="G67" s="4"/>
-      <c r="H67" s="141"/>
-[...1 lines deleted...]
-      <c r="J67" s="142">
+      <c r="H67" s="139"/>
+      <c r="I67" s="139"/>
+      <c r="J67" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K67" s="141"/>
-[...4 lines deleted...]
-      <c r="P67" s="144">
+      <c r="K67" s="139"/>
+      <c r="L67" s="141"/>
+      <c r="M67" s="141"/>
+      <c r="N67" s="141"/>
+      <c r="O67" s="141"/>
+      <c r="P67" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q67" s="144">
+      <c r="Q67" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R67" s="144">
+      <c r="R67" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S67" s="145">
+      <c r="S67" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T67" s="48"/>
       <c r="U67" s="49"/>
       <c r="V67" s="49"/>
       <c r="W67" s="49"/>
       <c r="X67" s="49"/>
       <c r="Y67" s="49"/>
     </row>
     <row r="68" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="11"/>
       <c r="B68" s="12"/>
       <c r="C68" s="12"/>
       <c r="D68" s="11"/>
       <c r="E68" s="12"/>
       <c r="F68" s="12"/>
       <c r="G68" s="11"/>
-      <c r="H68" s="146"/>
-[...1 lines deleted...]
-      <c r="J68" s="147">
+      <c r="H68" s="144"/>
+      <c r="I68" s="144"/>
+      <c r="J68" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K68" s="146"/>
-[...4 lines deleted...]
-      <c r="P68" s="149">
+      <c r="K68" s="144"/>
+      <c r="L68" s="146"/>
+      <c r="M68" s="146"/>
+      <c r="N68" s="146"/>
+      <c r="O68" s="146"/>
+      <c r="P68" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q68" s="149">
+      <c r="Q68" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R68" s="149">
+      <c r="R68" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S68" s="150">
+      <c r="S68" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T68" s="50"/>
       <c r="U68" s="51"/>
       <c r="V68" s="51"/>
       <c r="W68" s="51"/>
       <c r="X68" s="51"/>
       <c r="Y68" s="51"/>
     </row>
     <row r="69" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A69" s="4"/>
       <c r="B69" s="5"/>
       <c r="C69" s="5"/>
       <c r="D69" s="4"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
       <c r="G69" s="4"/>
-      <c r="H69" s="141"/>
-[...1 lines deleted...]
-      <c r="J69" s="142">
+      <c r="H69" s="139"/>
+      <c r="I69" s="139"/>
+      <c r="J69" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K69" s="141"/>
-[...4 lines deleted...]
-      <c r="P69" s="144">
+      <c r="K69" s="139"/>
+      <c r="L69" s="141"/>
+      <c r="M69" s="141"/>
+      <c r="N69" s="141"/>
+      <c r="O69" s="141"/>
+      <c r="P69" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q69" s="144">
+      <c r="Q69" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R69" s="144">
+      <c r="R69" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S69" s="145">
+      <c r="S69" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T69" s="48"/>
       <c r="U69" s="49"/>
       <c r="V69" s="49"/>
       <c r="W69" s="49"/>
       <c r="X69" s="49"/>
       <c r="Y69" s="49"/>
     </row>
     <row r="70" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="11"/>
       <c r="B70" s="12"/>
       <c r="C70" s="12"/>
       <c r="D70" s="11"/>
       <c r="E70" s="12"/>
       <c r="F70" s="12"/>
       <c r="G70" s="11"/>
-      <c r="H70" s="146"/>
-[...1 lines deleted...]
-      <c r="J70" s="147">
+      <c r="H70" s="144"/>
+      <c r="I70" s="144"/>
+      <c r="J70" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K70" s="146"/>
-[...4 lines deleted...]
-      <c r="P70" s="149">
+      <c r="K70" s="144"/>
+      <c r="L70" s="146"/>
+      <c r="M70" s="146"/>
+      <c r="N70" s="146"/>
+      <c r="O70" s="146"/>
+      <c r="P70" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q70" s="149">
+      <c r="Q70" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R70" s="149">
+      <c r="R70" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S70" s="150">
+      <c r="S70" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T70" s="50"/>
       <c r="U70" s="51"/>
       <c r="V70" s="51"/>
       <c r="W70" s="51"/>
       <c r="X70" s="51"/>
       <c r="Y70" s="51"/>
     </row>
     <row r="71" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A71" s="4"/>
       <c r="B71" s="5"/>
       <c r="C71" s="5"/>
       <c r="D71" s="4"/>
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
       <c r="G71" s="4"/>
-      <c r="H71" s="141"/>
-[...1 lines deleted...]
-      <c r="J71" s="142">
+      <c r="H71" s="139"/>
+      <c r="I71" s="139"/>
+      <c r="J71" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K71" s="141"/>
-[...4 lines deleted...]
-      <c r="P71" s="144">
+      <c r="K71" s="139"/>
+      <c r="L71" s="141"/>
+      <c r="M71" s="141"/>
+      <c r="N71" s="141"/>
+      <c r="O71" s="141"/>
+      <c r="P71" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q71" s="144">
+      <c r="Q71" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R71" s="144">
+      <c r="R71" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S71" s="145">
+      <c r="S71" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T71" s="48"/>
       <c r="U71" s="49"/>
       <c r="V71" s="49"/>
       <c r="W71" s="49"/>
       <c r="X71" s="49"/>
       <c r="Y71" s="49"/>
     </row>
     <row r="72" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="11"/>
       <c r="B72" s="12"/>
       <c r="C72" s="12"/>
       <c r="D72" s="11"/>
       <c r="E72" s="12"/>
       <c r="F72" s="12"/>
       <c r="G72" s="11"/>
-      <c r="H72" s="146"/>
-[...1 lines deleted...]
-      <c r="J72" s="147">
+      <c r="H72" s="144"/>
+      <c r="I72" s="144"/>
+      <c r="J72" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K72" s="146"/>
-[...4 lines deleted...]
-      <c r="P72" s="149">
+      <c r="K72" s="144"/>
+      <c r="L72" s="146"/>
+      <c r="M72" s="146"/>
+      <c r="N72" s="146"/>
+      <c r="O72" s="146"/>
+      <c r="P72" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q72" s="149">
+      <c r="Q72" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R72" s="149">
+      <c r="R72" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S72" s="150">
+      <c r="S72" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T72" s="50"/>
       <c r="U72" s="51"/>
       <c r="V72" s="51"/>
       <c r="W72" s="51"/>
       <c r="X72" s="51"/>
       <c r="Y72" s="51"/>
     </row>
     <row r="73" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A73" s="4"/>
       <c r="B73" s="5"/>
       <c r="C73" s="5"/>
       <c r="D73" s="4"/>
       <c r="E73" s="5"/>
       <c r="F73" s="5"/>
       <c r="G73" s="4"/>
-      <c r="H73" s="141"/>
-[...1 lines deleted...]
-      <c r="J73" s="142">
+      <c r="H73" s="139"/>
+      <c r="I73" s="139"/>
+      <c r="J73" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K73" s="141"/>
-[...4 lines deleted...]
-      <c r="P73" s="144">
+      <c r="K73" s="139"/>
+      <c r="L73" s="141"/>
+      <c r="M73" s="141"/>
+      <c r="N73" s="141"/>
+      <c r="O73" s="141"/>
+      <c r="P73" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q73" s="144">
+      <c r="Q73" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R73" s="144">
+      <c r="R73" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S73" s="145">
+      <c r="S73" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T73" s="48"/>
       <c r="U73" s="49"/>
       <c r="V73" s="49"/>
       <c r="W73" s="49"/>
       <c r="X73" s="49"/>
       <c r="Y73" s="49"/>
     </row>
     <row r="74" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="11"/>
       <c r="B74" s="12"/>
       <c r="C74" s="12"/>
       <c r="D74" s="11"/>
       <c r="E74" s="12"/>
       <c r="F74" s="12"/>
       <c r="G74" s="11"/>
-      <c r="H74" s="146"/>
-[...1 lines deleted...]
-      <c r="J74" s="147">
+      <c r="H74" s="144"/>
+      <c r="I74" s="144"/>
+      <c r="J74" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K74" s="146"/>
-[...4 lines deleted...]
-      <c r="P74" s="149">
+      <c r="K74" s="144"/>
+      <c r="L74" s="146"/>
+      <c r="M74" s="146"/>
+      <c r="N74" s="146"/>
+      <c r="O74" s="146"/>
+      <c r="P74" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q74" s="149">
+      <c r="Q74" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R74" s="149">
+      <c r="R74" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S74" s="150">
+      <c r="S74" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T74" s="50"/>
       <c r="U74" s="51"/>
       <c r="V74" s="51"/>
       <c r="W74" s="51"/>
       <c r="X74" s="51"/>
       <c r="Y74" s="51"/>
     </row>
     <row r="75" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A75" s="4"/>
       <c r="B75" s="5"/>
       <c r="C75" s="5"/>
       <c r="D75" s="4"/>
       <c r="E75" s="5"/>
       <c r="F75" s="5"/>
       <c r="G75" s="4"/>
-      <c r="H75" s="141"/>
-[...1 lines deleted...]
-      <c r="J75" s="142">
+      <c r="H75" s="139"/>
+      <c r="I75" s="139"/>
+      <c r="J75" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K75" s="141"/>
-[...4 lines deleted...]
-      <c r="P75" s="144">
+      <c r="K75" s="139"/>
+      <c r="L75" s="141"/>
+      <c r="M75" s="141"/>
+      <c r="N75" s="141"/>
+      <c r="O75" s="141"/>
+      <c r="P75" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q75" s="144">
+      <c r="Q75" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R75" s="144">
+      <c r="R75" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S75" s="145">
+      <c r="S75" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T75" s="48"/>
       <c r="U75" s="49"/>
       <c r="V75" s="49"/>
       <c r="W75" s="49"/>
       <c r="X75" s="49"/>
       <c r="Y75" s="49"/>
     </row>
     <row r="76" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="11"/>
       <c r="B76" s="12"/>
       <c r="C76" s="12"/>
       <c r="D76" s="11"/>
       <c r="E76" s="12"/>
       <c r="F76" s="12"/>
       <c r="G76" s="11"/>
-      <c r="H76" s="146"/>
-[...1 lines deleted...]
-      <c r="J76" s="147">
+      <c r="H76" s="144"/>
+      <c r="I76" s="144"/>
+      <c r="J76" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K76" s="146"/>
-[...4 lines deleted...]
-      <c r="P76" s="149">
+      <c r="K76" s="144"/>
+      <c r="L76" s="146"/>
+      <c r="M76" s="146"/>
+      <c r="N76" s="146"/>
+      <c r="O76" s="146"/>
+      <c r="P76" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q76" s="149">
+      <c r="Q76" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R76" s="149">
+      <c r="R76" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S76" s="150">
+      <c r="S76" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T76" s="50"/>
       <c r="U76" s="51"/>
       <c r="V76" s="51"/>
       <c r="W76" s="51"/>
       <c r="X76" s="51"/>
       <c r="Y76" s="51"/>
     </row>
     <row r="77" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A77" s="4"/>
       <c r="B77" s="5"/>
       <c r="C77" s="5"/>
       <c r="D77" s="4"/>
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
       <c r="G77" s="4"/>
-      <c r="H77" s="141"/>
-[...1 lines deleted...]
-      <c r="J77" s="142">
+      <c r="H77" s="139"/>
+      <c r="I77" s="139"/>
+      <c r="J77" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K77" s="141"/>
-[...4 lines deleted...]
-      <c r="P77" s="144">
+      <c r="K77" s="139"/>
+      <c r="L77" s="141"/>
+      <c r="M77" s="141"/>
+      <c r="N77" s="141"/>
+      <c r="O77" s="141"/>
+      <c r="P77" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q77" s="144">
+      <c r="Q77" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R77" s="144">
+      <c r="R77" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S77" s="145">
+      <c r="S77" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T77" s="48"/>
       <c r="U77" s="49"/>
       <c r="V77" s="49"/>
       <c r="W77" s="49"/>
       <c r="X77" s="49"/>
       <c r="Y77" s="49"/>
     </row>
     <row r="78" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="11"/>
       <c r="B78" s="12"/>
       <c r="C78" s="12"/>
       <c r="D78" s="11"/>
       <c r="E78" s="12"/>
       <c r="F78" s="12"/>
       <c r="G78" s="11"/>
-      <c r="H78" s="146"/>
-[...1 lines deleted...]
-      <c r="J78" s="147">
+      <c r="H78" s="144"/>
+      <c r="I78" s="144"/>
+      <c r="J78" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K78" s="146"/>
-[...4 lines deleted...]
-      <c r="P78" s="149">
+      <c r="K78" s="144"/>
+      <c r="L78" s="146"/>
+      <c r="M78" s="146"/>
+      <c r="N78" s="146"/>
+      <c r="O78" s="146"/>
+      <c r="P78" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q78" s="149">
+      <c r="Q78" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R78" s="149">
+      <c r="R78" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S78" s="150">
+      <c r="S78" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T78" s="50"/>
       <c r="U78" s="51"/>
       <c r="V78" s="51"/>
       <c r="W78" s="51"/>
       <c r="X78" s="51"/>
       <c r="Y78" s="51"/>
     </row>
     <row r="79" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A79" s="4"/>
       <c r="B79" s="5"/>
       <c r="C79" s="5"/>
       <c r="D79" s="4"/>
       <c r="E79" s="5"/>
       <c r="F79" s="5"/>
       <c r="G79" s="4"/>
-      <c r="H79" s="141"/>
-[...1 lines deleted...]
-      <c r="J79" s="142">
+      <c r="H79" s="139"/>
+      <c r="I79" s="139"/>
+      <c r="J79" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K79" s="141"/>
-[...4 lines deleted...]
-      <c r="P79" s="144">
+      <c r="K79" s="139"/>
+      <c r="L79" s="141"/>
+      <c r="M79" s="141"/>
+      <c r="N79" s="141"/>
+      <c r="O79" s="141"/>
+      <c r="P79" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q79" s="144">
+      <c r="Q79" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R79" s="144">
+      <c r="R79" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S79" s="145">
+      <c r="S79" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T79" s="48"/>
       <c r="U79" s="49"/>
       <c r="V79" s="49"/>
       <c r="W79" s="49"/>
       <c r="X79" s="49"/>
       <c r="Y79" s="49"/>
     </row>
     <row r="80" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="11"/>
       <c r="B80" s="12"/>
       <c r="C80" s="12"/>
       <c r="D80" s="11"/>
       <c r="E80" s="12"/>
       <c r="F80" s="12"/>
       <c r="G80" s="11"/>
-      <c r="H80" s="146"/>
-[...1 lines deleted...]
-      <c r="J80" s="147">
+      <c r="H80" s="144"/>
+      <c r="I80" s="144"/>
+      <c r="J80" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K80" s="146"/>
-[...4 lines deleted...]
-      <c r="P80" s="149">
+      <c r="K80" s="144"/>
+      <c r="L80" s="146"/>
+      <c r="M80" s="146"/>
+      <c r="N80" s="146"/>
+      <c r="O80" s="146"/>
+      <c r="P80" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q80" s="149">
+      <c r="Q80" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R80" s="149">
+      <c r="R80" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S80" s="150">
+      <c r="S80" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T80" s="50"/>
       <c r="U80" s="51"/>
       <c r="V80" s="51"/>
       <c r="W80" s="51"/>
       <c r="X80" s="51"/>
       <c r="Y80" s="51"/>
     </row>
     <row r="81" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A81" s="4"/>
       <c r="B81" s="5"/>
       <c r="C81" s="5"/>
       <c r="D81" s="4"/>
       <c r="E81" s="5"/>
       <c r="F81" s="5"/>
       <c r="G81" s="4"/>
-      <c r="H81" s="141"/>
-[...1 lines deleted...]
-      <c r="J81" s="142">
+      <c r="H81" s="139"/>
+      <c r="I81" s="139"/>
+      <c r="J81" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K81" s="141"/>
-[...4 lines deleted...]
-      <c r="P81" s="144">
+      <c r="K81" s="139"/>
+      <c r="L81" s="141"/>
+      <c r="M81" s="141"/>
+      <c r="N81" s="141"/>
+      <c r="O81" s="141"/>
+      <c r="P81" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q81" s="144">
+      <c r="Q81" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R81" s="144">
+      <c r="R81" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S81" s="145">
+      <c r="S81" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T81" s="48"/>
       <c r="U81" s="49"/>
       <c r="V81" s="49"/>
       <c r="W81" s="49"/>
       <c r="X81" s="49"/>
       <c r="Y81" s="49"/>
     </row>
     <row r="82" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="11"/>
       <c r="B82" s="12"/>
       <c r="C82" s="12"/>
       <c r="D82" s="11"/>
       <c r="E82" s="12"/>
       <c r="F82" s="12"/>
       <c r="G82" s="11"/>
-      <c r="H82" s="146"/>
-[...1 lines deleted...]
-      <c r="J82" s="147">
+      <c r="H82" s="144"/>
+      <c r="I82" s="144"/>
+      <c r="J82" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K82" s="146"/>
-[...4 lines deleted...]
-      <c r="P82" s="149">
+      <c r="K82" s="144"/>
+      <c r="L82" s="146"/>
+      <c r="M82" s="146"/>
+      <c r="N82" s="146"/>
+      <c r="O82" s="146"/>
+      <c r="P82" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q82" s="149">
+      <c r="Q82" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R82" s="149">
+      <c r="R82" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S82" s="150">
+      <c r="S82" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T82" s="50"/>
       <c r="U82" s="51"/>
       <c r="V82" s="51"/>
       <c r="W82" s="51"/>
       <c r="X82" s="51"/>
       <c r="Y82" s="51"/>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A83" s="4"/>
       <c r="B83" s="5"/>
       <c r="C83" s="5"/>
       <c r="D83" s="4"/>
       <c r="E83" s="5"/>
       <c r="F83" s="5"/>
       <c r="G83" s="4"/>
-      <c r="H83" s="141"/>
-[...1 lines deleted...]
-      <c r="J83" s="142">
+      <c r="H83" s="139"/>
+      <c r="I83" s="139"/>
+      <c r="J83" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K83" s="141"/>
-[...4 lines deleted...]
-      <c r="P83" s="144">
+      <c r="K83" s="139"/>
+      <c r="L83" s="141"/>
+      <c r="M83" s="141"/>
+      <c r="N83" s="141"/>
+      <c r="O83" s="141"/>
+      <c r="P83" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q83" s="144">
+      <c r="Q83" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R83" s="144">
+      <c r="R83" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S83" s="145">
+      <c r="S83" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T83" s="48"/>
       <c r="U83" s="49"/>
       <c r="V83" s="49"/>
       <c r="W83" s="49"/>
       <c r="X83" s="49"/>
       <c r="Y83" s="49"/>
     </row>
     <row r="84" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="11"/>
       <c r="B84" s="12"/>
       <c r="C84" s="12"/>
       <c r="D84" s="11"/>
       <c r="E84" s="12"/>
       <c r="F84" s="12"/>
       <c r="G84" s="11"/>
-      <c r="H84" s="146"/>
-[...1 lines deleted...]
-      <c r="J84" s="147">
+      <c r="H84" s="144"/>
+      <c r="I84" s="144"/>
+      <c r="J84" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K84" s="146"/>
-[...4 lines deleted...]
-      <c r="P84" s="149">
+      <c r="K84" s="144"/>
+      <c r="L84" s="146"/>
+      <c r="M84" s="146"/>
+      <c r="N84" s="146"/>
+      <c r="O84" s="146"/>
+      <c r="P84" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q84" s="149">
+      <c r="Q84" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R84" s="149">
+      <c r="R84" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S84" s="150">
+      <c r="S84" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T84" s="50"/>
       <c r="U84" s="51"/>
       <c r="V84" s="51"/>
       <c r="W84" s="51"/>
       <c r="X84" s="51"/>
       <c r="Y84" s="51"/>
     </row>
     <row r="85" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A85" s="4"/>
       <c r="B85" s="5"/>
       <c r="C85" s="5"/>
       <c r="D85" s="4"/>
       <c r="E85" s="5"/>
       <c r="F85" s="5"/>
       <c r="G85" s="4"/>
-      <c r="H85" s="141"/>
-[...1 lines deleted...]
-      <c r="J85" s="142">
+      <c r="H85" s="139"/>
+      <c r="I85" s="139"/>
+      <c r="J85" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K85" s="141"/>
-[...4 lines deleted...]
-      <c r="P85" s="144">
+      <c r="K85" s="139"/>
+      <c r="L85" s="141"/>
+      <c r="M85" s="141"/>
+      <c r="N85" s="141"/>
+      <c r="O85" s="141"/>
+      <c r="P85" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q85" s="144">
+      <c r="Q85" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R85" s="144">
+      <c r="R85" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S85" s="145">
+      <c r="S85" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T85" s="48"/>
       <c r="U85" s="49"/>
       <c r="V85" s="49"/>
       <c r="W85" s="49"/>
       <c r="X85" s="49"/>
       <c r="Y85" s="49"/>
     </row>
     <row r="86" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="11"/>
       <c r="B86" s="12"/>
       <c r="C86" s="12"/>
       <c r="D86" s="11"/>
       <c r="E86" s="12"/>
       <c r="F86" s="12"/>
       <c r="G86" s="11"/>
-      <c r="H86" s="146"/>
-[...1 lines deleted...]
-      <c r="J86" s="147">
+      <c r="H86" s="144"/>
+      <c r="I86" s="144"/>
+      <c r="J86" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K86" s="146"/>
-[...4 lines deleted...]
-      <c r="P86" s="149">
+      <c r="K86" s="144"/>
+      <c r="L86" s="146"/>
+      <c r="M86" s="146"/>
+      <c r="N86" s="146"/>
+      <c r="O86" s="146"/>
+      <c r="P86" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q86" s="149">
+      <c r="Q86" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R86" s="149">
+      <c r="R86" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S86" s="150">
+      <c r="S86" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T86" s="50"/>
       <c r="U86" s="51"/>
       <c r="V86" s="51"/>
       <c r="W86" s="51"/>
       <c r="X86" s="51"/>
       <c r="Y86" s="51"/>
     </row>
     <row r="87" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A87" s="4"/>
       <c r="B87" s="5"/>
       <c r="C87" s="5"/>
       <c r="D87" s="4"/>
       <c r="E87" s="5"/>
       <c r="F87" s="5"/>
       <c r="G87" s="4"/>
-      <c r="H87" s="141"/>
-[...1 lines deleted...]
-      <c r="J87" s="142">
+      <c r="H87" s="139"/>
+      <c r="I87" s="139"/>
+      <c r="J87" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K87" s="141"/>
-[...4 lines deleted...]
-      <c r="P87" s="144">
+      <c r="K87" s="139"/>
+      <c r="L87" s="141"/>
+      <c r="M87" s="141"/>
+      <c r="N87" s="141"/>
+      <c r="O87" s="141"/>
+      <c r="P87" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q87" s="144">
+      <c r="Q87" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R87" s="144">
+      <c r="R87" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S87" s="145">
+      <c r="S87" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T87" s="48"/>
       <c r="U87" s="49"/>
       <c r="V87" s="49"/>
       <c r="W87" s="49"/>
       <c r="X87" s="49"/>
       <c r="Y87" s="49"/>
     </row>
     <row r="88" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="11"/>
       <c r="B88" s="12"/>
       <c r="C88" s="12"/>
       <c r="D88" s="11"/>
       <c r="E88" s="12"/>
       <c r="F88" s="12"/>
       <c r="G88" s="11"/>
-      <c r="H88" s="146"/>
-[...1 lines deleted...]
-      <c r="J88" s="147">
+      <c r="H88" s="144"/>
+      <c r="I88" s="144"/>
+      <c r="J88" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K88" s="146"/>
-[...4 lines deleted...]
-      <c r="P88" s="149">
+      <c r="K88" s="144"/>
+      <c r="L88" s="146"/>
+      <c r="M88" s="146"/>
+      <c r="N88" s="146"/>
+      <c r="O88" s="146"/>
+      <c r="P88" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q88" s="149">
+      <c r="Q88" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R88" s="149">
+      <c r="R88" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S88" s="150">
+      <c r="S88" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T88" s="50"/>
       <c r="U88" s="51"/>
       <c r="V88" s="51"/>
       <c r="W88" s="51"/>
       <c r="X88" s="51"/>
       <c r="Y88" s="51"/>
     </row>
     <row r="89" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A89" s="4"/>
       <c r="B89" s="5"/>
       <c r="C89" s="5"/>
       <c r="D89" s="4"/>
       <c r="E89" s="5"/>
       <c r="F89" s="5"/>
       <c r="G89" s="4"/>
-      <c r="H89" s="141"/>
-[...1 lines deleted...]
-      <c r="J89" s="142">
+      <c r="H89" s="139"/>
+      <c r="I89" s="139"/>
+      <c r="J89" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K89" s="141"/>
-[...4 lines deleted...]
-      <c r="P89" s="144">
+      <c r="K89" s="139"/>
+      <c r="L89" s="141"/>
+      <c r="M89" s="141"/>
+      <c r="N89" s="141"/>
+      <c r="O89" s="141"/>
+      <c r="P89" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q89" s="144">
+      <c r="Q89" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R89" s="144">
+      <c r="R89" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S89" s="145">
+      <c r="S89" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T89" s="48"/>
       <c r="U89" s="49"/>
       <c r="V89" s="49"/>
       <c r="W89" s="49"/>
       <c r="X89" s="49"/>
       <c r="Y89" s="49"/>
     </row>
     <row r="90" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="11"/>
       <c r="B90" s="12"/>
       <c r="C90" s="12"/>
       <c r="D90" s="11"/>
       <c r="E90" s="12"/>
       <c r="F90" s="12"/>
       <c r="G90" s="11"/>
-      <c r="H90" s="146"/>
-[...1 lines deleted...]
-      <c r="J90" s="147">
+      <c r="H90" s="144"/>
+      <c r="I90" s="144"/>
+      <c r="J90" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K90" s="146"/>
-[...4 lines deleted...]
-      <c r="P90" s="149">
+      <c r="K90" s="144"/>
+      <c r="L90" s="146"/>
+      <c r="M90" s="146"/>
+      <c r="N90" s="146"/>
+      <c r="O90" s="146"/>
+      <c r="P90" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q90" s="149">
+      <c r="Q90" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R90" s="149">
+      <c r="R90" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S90" s="150">
+      <c r="S90" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T90" s="50"/>
       <c r="U90" s="51"/>
       <c r="V90" s="51"/>
       <c r="W90" s="51"/>
       <c r="X90" s="51"/>
       <c r="Y90" s="51"/>
     </row>
     <row r="91" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A91" s="4"/>
       <c r="B91" s="5"/>
       <c r="C91" s="5"/>
       <c r="D91" s="4"/>
       <c r="E91" s="5"/>
       <c r="F91" s="5"/>
       <c r="G91" s="4"/>
-      <c r="H91" s="141"/>
-[...1 lines deleted...]
-      <c r="J91" s="142">
+      <c r="H91" s="139"/>
+      <c r="I91" s="139"/>
+      <c r="J91" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K91" s="141"/>
-[...4 lines deleted...]
-      <c r="P91" s="144">
+      <c r="K91" s="139"/>
+      <c r="L91" s="141"/>
+      <c r="M91" s="141"/>
+      <c r="N91" s="141"/>
+      <c r="O91" s="141"/>
+      <c r="P91" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q91" s="144">
+      <c r="Q91" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R91" s="144">
+      <c r="R91" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S91" s="145">
+      <c r="S91" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T91" s="48"/>
       <c r="U91" s="49"/>
       <c r="V91" s="49"/>
       <c r="W91" s="49"/>
       <c r="X91" s="49"/>
       <c r="Y91" s="49"/>
     </row>
     <row r="92" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="11"/>
       <c r="B92" s="12"/>
       <c r="C92" s="12"/>
       <c r="D92" s="11"/>
       <c r="E92" s="12"/>
       <c r="F92" s="12"/>
       <c r="G92" s="11"/>
-      <c r="H92" s="146"/>
-[...1 lines deleted...]
-      <c r="J92" s="147">
+      <c r="H92" s="144"/>
+      <c r="I92" s="144"/>
+      <c r="J92" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K92" s="146"/>
-[...4 lines deleted...]
-      <c r="P92" s="149">
+      <c r="K92" s="144"/>
+      <c r="L92" s="146"/>
+      <c r="M92" s="146"/>
+      <c r="N92" s="146"/>
+      <c r="O92" s="146"/>
+      <c r="P92" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q92" s="149">
+      <c r="Q92" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R92" s="149">
+      <c r="R92" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S92" s="150">
+      <c r="S92" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T92" s="50"/>
       <c r="U92" s="51"/>
       <c r="V92" s="51"/>
       <c r="W92" s="51"/>
       <c r="X92" s="51"/>
       <c r="Y92" s="51"/>
     </row>
     <row r="93" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A93" s="4"/>
       <c r="B93" s="5"/>
       <c r="C93" s="5"/>
       <c r="D93" s="4"/>
       <c r="E93" s="5"/>
       <c r="F93" s="5"/>
       <c r="G93" s="4"/>
-      <c r="H93" s="141"/>
-[...1 lines deleted...]
-      <c r="J93" s="142">
+      <c r="H93" s="139"/>
+      <c r="I93" s="139"/>
+      <c r="J93" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K93" s="141"/>
-[...4 lines deleted...]
-      <c r="P93" s="144">
+      <c r="K93" s="139"/>
+      <c r="L93" s="141"/>
+      <c r="M93" s="141"/>
+      <c r="N93" s="141"/>
+      <c r="O93" s="141"/>
+      <c r="P93" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q93" s="144">
+      <c r="Q93" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R93" s="144">
+      <c r="R93" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S93" s="145">
+      <c r="S93" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T93" s="48"/>
       <c r="U93" s="49"/>
       <c r="V93" s="49"/>
       <c r="W93" s="49"/>
       <c r="X93" s="49"/>
       <c r="Y93" s="49"/>
     </row>
     <row r="94" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="11"/>
       <c r="B94" s="12"/>
       <c r="C94" s="12"/>
       <c r="D94" s="11"/>
       <c r="E94" s="12"/>
       <c r="F94" s="12"/>
       <c r="G94" s="11"/>
-      <c r="H94" s="146"/>
-[...1 lines deleted...]
-      <c r="J94" s="147">
+      <c r="H94" s="144"/>
+      <c r="I94" s="144"/>
+      <c r="J94" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K94" s="146"/>
-[...4 lines deleted...]
-      <c r="P94" s="149">
+      <c r="K94" s="144"/>
+      <c r="L94" s="146"/>
+      <c r="M94" s="146"/>
+      <c r="N94" s="146"/>
+      <c r="O94" s="146"/>
+      <c r="P94" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q94" s="149">
+      <c r="Q94" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R94" s="149">
+      <c r="R94" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S94" s="150">
+      <c r="S94" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T94" s="50"/>
       <c r="U94" s="51"/>
       <c r="V94" s="51"/>
       <c r="W94" s="51"/>
       <c r="X94" s="51"/>
       <c r="Y94" s="51"/>
     </row>
     <row r="95" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A95" s="4"/>
       <c r="B95" s="5"/>
       <c r="C95" s="5"/>
       <c r="D95" s="4"/>
       <c r="E95" s="5"/>
       <c r="F95" s="5"/>
       <c r="G95" s="4"/>
-      <c r="H95" s="141"/>
-[...1 lines deleted...]
-      <c r="J95" s="142">
+      <c r="H95" s="139"/>
+      <c r="I95" s="139"/>
+      <c r="J95" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K95" s="141"/>
-[...4 lines deleted...]
-      <c r="P95" s="144">
+      <c r="K95" s="139"/>
+      <c r="L95" s="141"/>
+      <c r="M95" s="141"/>
+      <c r="N95" s="141"/>
+      <c r="O95" s="141"/>
+      <c r="P95" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q95" s="144">
+      <c r="Q95" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R95" s="144">
+      <c r="R95" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S95" s="145">
+      <c r="S95" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T95" s="48"/>
       <c r="U95" s="49"/>
       <c r="V95" s="49"/>
       <c r="W95" s="49"/>
       <c r="X95" s="49"/>
       <c r="Y95" s="49"/>
     </row>
     <row r="96" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="11"/>
       <c r="B96" s="12"/>
       <c r="C96" s="12"/>
       <c r="D96" s="11"/>
       <c r="E96" s="12"/>
       <c r="F96" s="12"/>
       <c r="G96" s="11"/>
-      <c r="H96" s="146"/>
-[...1 lines deleted...]
-      <c r="J96" s="147">
+      <c r="H96" s="144"/>
+      <c r="I96" s="144"/>
+      <c r="J96" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K96" s="146"/>
-[...4 lines deleted...]
-      <c r="P96" s="149">
+      <c r="K96" s="144"/>
+      <c r="L96" s="146"/>
+      <c r="M96" s="146"/>
+      <c r="N96" s="146"/>
+      <c r="O96" s="146"/>
+      <c r="P96" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q96" s="149">
+      <c r="Q96" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R96" s="149">
+      <c r="R96" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S96" s="150">
+      <c r="S96" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T96" s="50"/>
       <c r="U96" s="51"/>
       <c r="V96" s="51"/>
       <c r="W96" s="51"/>
       <c r="X96" s="51"/>
       <c r="Y96" s="51"/>
     </row>
     <row r="97" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A97" s="4"/>
       <c r="B97" s="5"/>
       <c r="C97" s="5"/>
       <c r="D97" s="4"/>
       <c r="E97" s="5"/>
       <c r="F97" s="5"/>
       <c r="G97" s="4"/>
-      <c r="H97" s="141"/>
-[...1 lines deleted...]
-      <c r="J97" s="142">
+      <c r="H97" s="139"/>
+      <c r="I97" s="139"/>
+      <c r="J97" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K97" s="141"/>
-[...4 lines deleted...]
-      <c r="P97" s="144">
+      <c r="K97" s="139"/>
+      <c r="L97" s="141"/>
+      <c r="M97" s="141"/>
+      <c r="N97" s="141"/>
+      <c r="O97" s="141"/>
+      <c r="P97" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q97" s="144">
+      <c r="Q97" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R97" s="144">
+      <c r="R97" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S97" s="145">
+      <c r="S97" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T97" s="48"/>
       <c r="U97" s="49"/>
       <c r="V97" s="49"/>
       <c r="W97" s="49"/>
       <c r="X97" s="49"/>
       <c r="Y97" s="49"/>
     </row>
     <row r="98" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="11"/>
       <c r="B98" s="12"/>
       <c r="C98" s="12"/>
       <c r="D98" s="11"/>
       <c r="E98" s="12"/>
       <c r="F98" s="12"/>
       <c r="G98" s="11"/>
-      <c r="H98" s="146"/>
-[...1 lines deleted...]
-      <c r="J98" s="147">
+      <c r="H98" s="144"/>
+      <c r="I98" s="144"/>
+      <c r="J98" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K98" s="146"/>
-[...4 lines deleted...]
-      <c r="P98" s="149">
+      <c r="K98" s="144"/>
+      <c r="L98" s="146"/>
+      <c r="M98" s="146"/>
+      <c r="N98" s="146"/>
+      <c r="O98" s="146"/>
+      <c r="P98" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q98" s="149">
+      <c r="Q98" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R98" s="149">
+      <c r="R98" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S98" s="150">
+      <c r="S98" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T98" s="50"/>
       <c r="U98" s="51"/>
       <c r="V98" s="51"/>
       <c r="W98" s="51"/>
       <c r="X98" s="51"/>
       <c r="Y98" s="51"/>
     </row>
     <row r="99" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A99" s="4"/>
       <c r="B99" s="5"/>
       <c r="C99" s="5"/>
       <c r="D99" s="4"/>
       <c r="E99" s="5"/>
       <c r="F99" s="5"/>
       <c r="G99" s="4"/>
-      <c r="H99" s="141"/>
-[...1 lines deleted...]
-      <c r="J99" s="142">
+      <c r="H99" s="139"/>
+      <c r="I99" s="139"/>
+      <c r="J99" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K99" s="141"/>
-[...4 lines deleted...]
-      <c r="P99" s="144">
+      <c r="K99" s="139"/>
+      <c r="L99" s="141"/>
+      <c r="M99" s="141"/>
+      <c r="N99" s="141"/>
+      <c r="O99" s="141"/>
+      <c r="P99" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q99" s="144">
+      <c r="Q99" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R99" s="144">
+      <c r="R99" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S99" s="145">
+      <c r="S99" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T99" s="48"/>
       <c r="U99" s="49"/>
       <c r="V99" s="49"/>
       <c r="W99" s="49"/>
       <c r="X99" s="49"/>
       <c r="Y99" s="49"/>
     </row>
     <row r="100" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="11"/>
       <c r="B100" s="12"/>
       <c r="C100" s="12"/>
       <c r="D100" s="11"/>
       <c r="E100" s="12"/>
       <c r="F100" s="12"/>
       <c r="G100" s="11"/>
-      <c r="H100" s="146"/>
-[...1 lines deleted...]
-      <c r="J100" s="147">
+      <c r="H100" s="144"/>
+      <c r="I100" s="144"/>
+      <c r="J100" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K100" s="146"/>
-[...4 lines deleted...]
-      <c r="P100" s="149">
+      <c r="K100" s="144"/>
+      <c r="L100" s="146"/>
+      <c r="M100" s="146"/>
+      <c r="N100" s="146"/>
+      <c r="O100" s="146"/>
+      <c r="P100" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q100" s="149">
+      <c r="Q100" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R100" s="149">
+      <c r="R100" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S100" s="150">
+      <c r="S100" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T100" s="50"/>
       <c r="U100" s="51"/>
       <c r="V100" s="51"/>
       <c r="W100" s="51"/>
       <c r="X100" s="51"/>
       <c r="Y100" s="51"/>
     </row>
     <row r="101" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A101" s="4"/>
       <c r="B101" s="5"/>
       <c r="C101" s="5"/>
       <c r="D101" s="4"/>
       <c r="E101" s="5"/>
       <c r="F101" s="5"/>
       <c r="G101" s="4"/>
-      <c r="H101" s="141"/>
-[...1 lines deleted...]
-      <c r="J101" s="142">
+      <c r="H101" s="139"/>
+      <c r="I101" s="139"/>
+      <c r="J101" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K101" s="141"/>
-[...4 lines deleted...]
-      <c r="P101" s="144">
+      <c r="K101" s="139"/>
+      <c r="L101" s="141"/>
+      <c r="M101" s="141"/>
+      <c r="N101" s="141"/>
+      <c r="O101" s="141"/>
+      <c r="P101" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q101" s="144">
+      <c r="Q101" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R101" s="144">
+      <c r="R101" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S101" s="145">
+      <c r="S101" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T101" s="48"/>
       <c r="U101" s="49"/>
       <c r="V101" s="49"/>
       <c r="W101" s="49"/>
       <c r="X101" s="49"/>
       <c r="Y101" s="49"/>
     </row>
     <row r="102" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="11"/>
       <c r="B102" s="12"/>
       <c r="C102" s="12"/>
       <c r="D102" s="11"/>
       <c r="E102" s="12"/>
       <c r="F102" s="12"/>
       <c r="G102" s="11"/>
-      <c r="H102" s="146"/>
-[...1 lines deleted...]
-      <c r="J102" s="147">
+      <c r="H102" s="144"/>
+      <c r="I102" s="144"/>
+      <c r="J102" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K102" s="146"/>
-[...4 lines deleted...]
-      <c r="P102" s="149">
+      <c r="K102" s="144"/>
+      <c r="L102" s="146"/>
+      <c r="M102" s="146"/>
+      <c r="N102" s="146"/>
+      <c r="O102" s="146"/>
+      <c r="P102" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q102" s="149">
+      <c r="Q102" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R102" s="149">
+      <c r="R102" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S102" s="150">
+      <c r="S102" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T102" s="50"/>
       <c r="U102" s="51"/>
       <c r="V102" s="51"/>
       <c r="W102" s="51"/>
       <c r="X102" s="51"/>
       <c r="Y102" s="51"/>
     </row>
     <row r="103" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A103" s="4"/>
       <c r="B103" s="5"/>
       <c r="C103" s="5"/>
       <c r="D103" s="4"/>
       <c r="E103" s="5"/>
       <c r="F103" s="5"/>
       <c r="G103" s="4"/>
-      <c r="H103" s="141"/>
-[...1 lines deleted...]
-      <c r="J103" s="142">
+      <c r="H103" s="139"/>
+      <c r="I103" s="139"/>
+      <c r="J103" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K103" s="141"/>
-[...4 lines deleted...]
-      <c r="P103" s="144">
+      <c r="K103" s="139"/>
+      <c r="L103" s="141"/>
+      <c r="M103" s="141"/>
+      <c r="N103" s="141"/>
+      <c r="O103" s="141"/>
+      <c r="P103" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q103" s="144">
+      <c r="Q103" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R103" s="144">
+      <c r="R103" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S103" s="145">
+      <c r="S103" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T103" s="48"/>
       <c r="U103" s="49"/>
       <c r="V103" s="49"/>
       <c r="W103" s="49"/>
       <c r="X103" s="49"/>
       <c r="Y103" s="49"/>
     </row>
     <row r="104" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="11"/>
       <c r="B104" s="12"/>
       <c r="C104" s="12"/>
       <c r="D104" s="11"/>
       <c r="E104" s="12"/>
       <c r="F104" s="12"/>
       <c r="G104" s="11"/>
-      <c r="H104" s="146"/>
-[...1 lines deleted...]
-      <c r="J104" s="147">
+      <c r="H104" s="144"/>
+      <c r="I104" s="144"/>
+      <c r="J104" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K104" s="146"/>
-[...4 lines deleted...]
-      <c r="P104" s="149">
+      <c r="K104" s="144"/>
+      <c r="L104" s="146"/>
+      <c r="M104" s="146"/>
+      <c r="N104" s="146"/>
+      <c r="O104" s="146"/>
+      <c r="P104" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q104" s="149">
+      <c r="Q104" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R104" s="149">
+      <c r="R104" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S104" s="150">
+      <c r="S104" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T104" s="50"/>
       <c r="U104" s="51"/>
       <c r="V104" s="51"/>
       <c r="W104" s="51"/>
       <c r="X104" s="51"/>
       <c r="Y104" s="51"/>
     </row>
     <row r="105" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A105" s="4"/>
       <c r="B105" s="5"/>
       <c r="C105" s="5"/>
       <c r="D105" s="4"/>
       <c r="E105" s="5"/>
       <c r="F105" s="5"/>
       <c r="G105" s="4"/>
-      <c r="H105" s="141"/>
-[...1 lines deleted...]
-      <c r="J105" s="142">
+      <c r="H105" s="139"/>
+      <c r="I105" s="139"/>
+      <c r="J105" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K105" s="141"/>
-[...4 lines deleted...]
-      <c r="P105" s="144">
+      <c r="K105" s="139"/>
+      <c r="L105" s="141"/>
+      <c r="M105" s="141"/>
+      <c r="N105" s="141"/>
+      <c r="O105" s="141"/>
+      <c r="P105" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q105" s="144">
+      <c r="Q105" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R105" s="144">
+      <c r="R105" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S105" s="145">
+      <c r="S105" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T105" s="48"/>
       <c r="U105" s="49"/>
       <c r="V105" s="49"/>
       <c r="W105" s="49"/>
       <c r="X105" s="49"/>
       <c r="Y105" s="49"/>
     </row>
     <row r="106" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="11"/>
       <c r="B106" s="12"/>
       <c r="C106" s="12"/>
       <c r="D106" s="11"/>
       <c r="E106" s="12"/>
       <c r="F106" s="12"/>
       <c r="G106" s="11"/>
-      <c r="H106" s="146"/>
-[...1 lines deleted...]
-      <c r="J106" s="147">
+      <c r="H106" s="144"/>
+      <c r="I106" s="144"/>
+      <c r="J106" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K106" s="146"/>
-[...4 lines deleted...]
-      <c r="P106" s="149">
+      <c r="K106" s="144"/>
+      <c r="L106" s="146"/>
+      <c r="M106" s="146"/>
+      <c r="N106" s="146"/>
+      <c r="O106" s="146"/>
+      <c r="P106" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q106" s="149">
+      <c r="Q106" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R106" s="149">
+      <c r="R106" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S106" s="150">
+      <c r="S106" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T106" s="50"/>
       <c r="U106" s="51"/>
       <c r="V106" s="51"/>
       <c r="W106" s="51"/>
       <c r="X106" s="51"/>
       <c r="Y106" s="51"/>
     </row>
     <row r="107" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A107" s="4"/>
       <c r="B107" s="5"/>
       <c r="C107" s="5"/>
       <c r="D107" s="4"/>
       <c r="E107" s="5"/>
       <c r="F107" s="5"/>
       <c r="G107" s="4"/>
-      <c r="H107" s="141"/>
-[...1 lines deleted...]
-      <c r="J107" s="142">
+      <c r="H107" s="139"/>
+      <c r="I107" s="139"/>
+      <c r="J107" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K107" s="141"/>
-[...4 lines deleted...]
-      <c r="P107" s="144">
+      <c r="K107" s="139"/>
+      <c r="L107" s="141"/>
+      <c r="M107" s="141"/>
+      <c r="N107" s="141"/>
+      <c r="O107" s="141"/>
+      <c r="P107" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q107" s="144">
+      <c r="Q107" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R107" s="144">
+      <c r="R107" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S107" s="145">
+      <c r="S107" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T107" s="48"/>
       <c r="U107" s="49"/>
       <c r="V107" s="49"/>
       <c r="W107" s="49"/>
       <c r="X107" s="49"/>
       <c r="Y107" s="49"/>
     </row>
     <row r="108" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="11"/>
       <c r="B108" s="12"/>
       <c r="C108" s="12"/>
       <c r="D108" s="11"/>
       <c r="E108" s="12"/>
       <c r="F108" s="12"/>
       <c r="G108" s="11"/>
-      <c r="H108" s="146"/>
-[...1 lines deleted...]
-      <c r="J108" s="147">
+      <c r="H108" s="144"/>
+      <c r="I108" s="144"/>
+      <c r="J108" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K108" s="146"/>
-[...4 lines deleted...]
-      <c r="P108" s="149">
+      <c r="K108" s="144"/>
+      <c r="L108" s="146"/>
+      <c r="M108" s="146"/>
+      <c r="N108" s="146"/>
+      <c r="O108" s="146"/>
+      <c r="P108" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q108" s="149">
+      <c r="Q108" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R108" s="149">
+      <c r="R108" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S108" s="150">
+      <c r="S108" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T108" s="50"/>
       <c r="U108" s="51"/>
       <c r="V108" s="51"/>
       <c r="W108" s="51"/>
       <c r="X108" s="51"/>
       <c r="Y108" s="51"/>
     </row>
     <row r="109" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A109" s="4"/>
       <c r="B109" s="5"/>
       <c r="C109" s="5"/>
       <c r="D109" s="4"/>
       <c r="E109" s="5"/>
       <c r="F109" s="5"/>
       <c r="G109" s="4"/>
-      <c r="H109" s="141"/>
-[...1 lines deleted...]
-      <c r="J109" s="142">
+      <c r="H109" s="139"/>
+      <c r="I109" s="139"/>
+      <c r="J109" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K109" s="141"/>
-[...4 lines deleted...]
-      <c r="P109" s="144">
+      <c r="K109" s="139"/>
+      <c r="L109" s="141"/>
+      <c r="M109" s="141"/>
+      <c r="N109" s="141"/>
+      <c r="O109" s="141"/>
+      <c r="P109" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q109" s="144">
+      <c r="Q109" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R109" s="144">
+      <c r="R109" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S109" s="145">
+      <c r="S109" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T109" s="48"/>
       <c r="U109" s="49"/>
       <c r="V109" s="49"/>
       <c r="W109" s="49"/>
       <c r="X109" s="49"/>
       <c r="Y109" s="49"/>
     </row>
     <row r="110" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="11"/>
       <c r="B110" s="12"/>
       <c r="C110" s="12"/>
       <c r="D110" s="11"/>
       <c r="E110" s="12"/>
       <c r="F110" s="12"/>
       <c r="G110" s="11"/>
-      <c r="H110" s="146"/>
-[...1 lines deleted...]
-      <c r="J110" s="147">
+      <c r="H110" s="144"/>
+      <c r="I110" s="144"/>
+      <c r="J110" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K110" s="146"/>
-[...4 lines deleted...]
-      <c r="P110" s="149">
+      <c r="K110" s="144"/>
+      <c r="L110" s="146"/>
+      <c r="M110" s="146"/>
+      <c r="N110" s="146"/>
+      <c r="O110" s="146"/>
+      <c r="P110" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q110" s="149">
+      <c r="Q110" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R110" s="149">
+      <c r="R110" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S110" s="150">
+      <c r="S110" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T110" s="50"/>
       <c r="U110" s="51"/>
       <c r="V110" s="51"/>
       <c r="W110" s="51"/>
       <c r="X110" s="51"/>
       <c r="Y110" s="51"/>
     </row>
     <row r="111" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A111" s="4"/>
       <c r="B111" s="5"/>
       <c r="C111" s="5"/>
       <c r="D111" s="4"/>
       <c r="E111" s="5"/>
       <c r="F111" s="5"/>
       <c r="G111" s="4"/>
-      <c r="H111" s="141"/>
-[...1 lines deleted...]
-      <c r="J111" s="142">
+      <c r="H111" s="139"/>
+      <c r="I111" s="139"/>
+      <c r="J111" s="140">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K111" s="141"/>
-[...4 lines deleted...]
-      <c r="P111" s="144">
+      <c r="K111" s="139"/>
+      <c r="L111" s="141"/>
+      <c r="M111" s="141"/>
+      <c r="N111" s="141"/>
+      <c r="O111" s="141"/>
+      <c r="P111" s="142">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q111" s="144">
+      <c r="Q111" s="142">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R111" s="144">
+      <c r="R111" s="142">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S111" s="145">
+      <c r="S111" s="143">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T111" s="48"/>
       <c r="U111" s="49"/>
       <c r="V111" s="49"/>
       <c r="W111" s="49"/>
       <c r="X111" s="49"/>
       <c r="Y111" s="49"/>
     </row>
     <row r="112" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="11"/>
       <c r="B112" s="12"/>
       <c r="C112" s="12"/>
       <c r="D112" s="11"/>
       <c r="E112" s="12"/>
       <c r="F112" s="12"/>
       <c r="G112" s="11"/>
-      <c r="H112" s="146"/>
-[...1 lines deleted...]
-      <c r="J112" s="147">
+      <c r="H112" s="144"/>
+      <c r="I112" s="144"/>
+      <c r="J112" s="145">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="K112" s="146"/>
-[...4 lines deleted...]
-      <c r="P112" s="149">
+      <c r="K112" s="144"/>
+      <c r="L112" s="146"/>
+      <c r="M112" s="146"/>
+      <c r="N112" s="146"/>
+      <c r="O112" s="146"/>
+      <c r="P112" s="147">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="Q112" s="149">
+      <c r="Q112" s="147">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="R112" s="149">
+      <c r="R112" s="147">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="S112" s="150">
+      <c r="S112" s="148">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="T112" s="50"/>
       <c r="U112" s="51"/>
       <c r="V112" s="51"/>
       <c r="W112" s="51"/>
       <c r="X112" s="51"/>
       <c r="Y112" s="51"/>
     </row>
     <row r="113" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A113" s="4"/>
       <c r="B113" s="5"/>
       <c r="C113" s="5"/>
       <c r="D113" s="4"/>
       <c r="E113" s="5"/>
       <c r="F113" s="5"/>
       <c r="G113" s="4"/>
-      <c r="H113" s="141"/>
-[...1 lines deleted...]
-      <c r="J113" s="142">
+      <c r="H113" s="139"/>
+      <c r="I113" s="139"/>
+      <c r="J113" s="140">
         <f t="shared" ref="J113:J122" si="11">SUM(H113:I113)</f>
         <v>0</v>
       </c>
-      <c r="K113" s="141"/>
-[...4 lines deleted...]
-      <c r="P113" s="144">
+      <c r="K113" s="139"/>
+      <c r="L113" s="141"/>
+      <c r="M113" s="141"/>
+      <c r="N113" s="141"/>
+      <c r="O113" s="141"/>
+      <c r="P113" s="142">
         <f t="shared" ref="P113:P122" si="12">SUM(K113:O113)</f>
         <v>0</v>
       </c>
-      <c r="Q113" s="144">
+      <c r="Q113" s="142">
         <f t="shared" ref="Q113:Q122" si="13">H113*P113</f>
         <v>0</v>
       </c>
-      <c r="R113" s="144">
+      <c r="R113" s="142">
         <f t="shared" ref="R113:R122" si="14">I113*P113</f>
         <v>0</v>
       </c>
-      <c r="S113" s="145">
+      <c r="S113" s="143">
         <f t="shared" ref="S113:S122" si="15">SUM(Q113:R113)</f>
         <v>0</v>
       </c>
       <c r="T113" s="48"/>
       <c r="U113" s="49"/>
       <c r="V113" s="49"/>
       <c r="W113" s="49"/>
       <c r="X113" s="49"/>
       <c r="Y113" s="49"/>
     </row>
     <row r="114" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="11"/>
       <c r="B114" s="12"/>
       <c r="C114" s="12"/>
       <c r="D114" s="11"/>
       <c r="E114" s="12"/>
       <c r="F114" s="12"/>
       <c r="G114" s="11"/>
-      <c r="H114" s="146"/>
-[...1 lines deleted...]
-      <c r="J114" s="147">
+      <c r="H114" s="144"/>
+      <c r="I114" s="144"/>
+      <c r="J114" s="145">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K114" s="146"/>
-[...4 lines deleted...]
-      <c r="P114" s="149">
+      <c r="K114" s="144"/>
+      <c r="L114" s="146"/>
+      <c r="M114" s="146"/>
+      <c r="N114" s="146"/>
+      <c r="O114" s="146"/>
+      <c r="P114" s="147">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q114" s="149">
+      <c r="Q114" s="147">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R114" s="149">
+      <c r="R114" s="147">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S114" s="150">
+      <c r="S114" s="148">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T114" s="50"/>
       <c r="U114" s="51"/>
       <c r="V114" s="51"/>
       <c r="W114" s="51"/>
       <c r="X114" s="51"/>
       <c r="Y114" s="51"/>
     </row>
     <row r="115" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A115" s="4"/>
       <c r="B115" s="5"/>
       <c r="C115" s="5"/>
       <c r="D115" s="4"/>
       <c r="E115" s="5"/>
       <c r="F115" s="5"/>
       <c r="G115" s="4"/>
-      <c r="H115" s="141"/>
-[...1 lines deleted...]
-      <c r="J115" s="142">
+      <c r="H115" s="139"/>
+      <c r="I115" s="139"/>
+      <c r="J115" s="140">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K115" s="141"/>
-[...4 lines deleted...]
-      <c r="P115" s="144">
+      <c r="K115" s="139"/>
+      <c r="L115" s="141"/>
+      <c r="M115" s="141"/>
+      <c r="N115" s="141"/>
+      <c r="O115" s="141"/>
+      <c r="P115" s="142">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q115" s="144">
+      <c r="Q115" s="142">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R115" s="144">
+      <c r="R115" s="142">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S115" s="145">
+      <c r="S115" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T115" s="48"/>
       <c r="U115" s="49"/>
       <c r="V115" s="49"/>
       <c r="W115" s="49"/>
       <c r="X115" s="49"/>
       <c r="Y115" s="49"/>
     </row>
     <row r="116" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="11"/>
       <c r="B116" s="12"/>
       <c r="C116" s="12"/>
       <c r="D116" s="11"/>
       <c r="E116" s="12"/>
       <c r="F116" s="12"/>
       <c r="G116" s="11"/>
-      <c r="H116" s="146"/>
-[...1 lines deleted...]
-      <c r="J116" s="147">
+      <c r="H116" s="144"/>
+      <c r="I116" s="144"/>
+      <c r="J116" s="145">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K116" s="146"/>
-[...4 lines deleted...]
-      <c r="P116" s="149">
+      <c r="K116" s="144"/>
+      <c r="L116" s="146"/>
+      <c r="M116" s="146"/>
+      <c r="N116" s="146"/>
+      <c r="O116" s="146"/>
+      <c r="P116" s="147">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q116" s="149">
+      <c r="Q116" s="147">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R116" s="149">
+      <c r="R116" s="147">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S116" s="150">
+      <c r="S116" s="148">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T116" s="50"/>
       <c r="U116" s="51"/>
       <c r="V116" s="51"/>
       <c r="W116" s="51"/>
       <c r="X116" s="51"/>
       <c r="Y116" s="51"/>
     </row>
     <row r="117" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A117" s="4"/>
       <c r="B117" s="5"/>
       <c r="C117" s="5"/>
       <c r="D117" s="4"/>
       <c r="E117" s="5"/>
       <c r="F117" s="5"/>
       <c r="G117" s="4"/>
-      <c r="H117" s="141"/>
-[...1 lines deleted...]
-      <c r="J117" s="142">
+      <c r="H117" s="139"/>
+      <c r="I117" s="139"/>
+      <c r="J117" s="140">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K117" s="141"/>
-[...4 lines deleted...]
-      <c r="P117" s="144">
+      <c r="K117" s="139"/>
+      <c r="L117" s="141"/>
+      <c r="M117" s="141"/>
+      <c r="N117" s="141"/>
+      <c r="O117" s="141"/>
+      <c r="P117" s="142">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q117" s="144">
+      <c r="Q117" s="142">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R117" s="144">
+      <c r="R117" s="142">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S117" s="145">
+      <c r="S117" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T117" s="48"/>
       <c r="U117" s="49"/>
       <c r="V117" s="49"/>
       <c r="W117" s="49"/>
       <c r="X117" s="49"/>
       <c r="Y117" s="49"/>
     </row>
     <row r="118" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="11"/>
       <c r="B118" s="12"/>
       <c r="C118" s="12"/>
       <c r="D118" s="11"/>
       <c r="E118" s="12"/>
       <c r="F118" s="12"/>
       <c r="G118" s="11"/>
-      <c r="H118" s="146"/>
-[...1 lines deleted...]
-      <c r="J118" s="147">
+      <c r="H118" s="144"/>
+      <c r="I118" s="144"/>
+      <c r="J118" s="145">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K118" s="146"/>
-[...4 lines deleted...]
-      <c r="P118" s="149">
+      <c r="K118" s="144"/>
+      <c r="L118" s="146"/>
+      <c r="M118" s="146"/>
+      <c r="N118" s="146"/>
+      <c r="O118" s="146"/>
+      <c r="P118" s="147">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q118" s="149">
+      <c r="Q118" s="147">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R118" s="149">
+      <c r="R118" s="147">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S118" s="150">
+      <c r="S118" s="148">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T118" s="50"/>
       <c r="U118" s="51"/>
       <c r="V118" s="51"/>
       <c r="W118" s="51"/>
       <c r="X118" s="51"/>
       <c r="Y118" s="51"/>
     </row>
     <row r="119" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A119" s="4"/>
       <c r="B119" s="5"/>
       <c r="C119" s="5"/>
       <c r="D119" s="4"/>
       <c r="E119" s="5"/>
       <c r="F119" s="5"/>
       <c r="G119" s="4"/>
-      <c r="H119" s="141"/>
-[...1 lines deleted...]
-      <c r="J119" s="142">
+      <c r="H119" s="139"/>
+      <c r="I119" s="139"/>
+      <c r="J119" s="140">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K119" s="141"/>
-[...4 lines deleted...]
-      <c r="P119" s="144">
+      <c r="K119" s="139"/>
+      <c r="L119" s="141"/>
+      <c r="M119" s="141"/>
+      <c r="N119" s="141"/>
+      <c r="O119" s="141"/>
+      <c r="P119" s="142">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q119" s="144">
+      <c r="Q119" s="142">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R119" s="144">
+      <c r="R119" s="142">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S119" s="145">
+      <c r="S119" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T119" s="48"/>
       <c r="U119" s="49"/>
       <c r="V119" s="49"/>
       <c r="W119" s="49"/>
       <c r="X119" s="49"/>
       <c r="Y119" s="49"/>
     </row>
     <row r="120" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="11"/>
       <c r="B120" s="12"/>
       <c r="C120" s="12"/>
       <c r="D120" s="11"/>
       <c r="E120" s="12"/>
       <c r="F120" s="12"/>
       <c r="G120" s="11"/>
-      <c r="H120" s="146"/>
-[...1 lines deleted...]
-      <c r="J120" s="147">
+      <c r="H120" s="144"/>
+      <c r="I120" s="144"/>
+      <c r="J120" s="145">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K120" s="146"/>
-[...4 lines deleted...]
-      <c r="P120" s="149">
+      <c r="K120" s="144"/>
+      <c r="L120" s="146"/>
+      <c r="M120" s="146"/>
+      <c r="N120" s="146"/>
+      <c r="O120" s="146"/>
+      <c r="P120" s="147">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q120" s="149">
+      <c r="Q120" s="147">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R120" s="149">
+      <c r="R120" s="147">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S120" s="150">
+      <c r="S120" s="148">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T120" s="50"/>
       <c r="U120" s="51"/>
       <c r="V120" s="51"/>
       <c r="W120" s="51"/>
       <c r="X120" s="51"/>
       <c r="Y120" s="51"/>
     </row>
     <row r="121" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A121" s="4"/>
       <c r="B121" s="5"/>
       <c r="C121" s="5"/>
       <c r="D121" s="4"/>
       <c r="E121" s="5"/>
       <c r="F121" s="5"/>
       <c r="G121" s="4"/>
-      <c r="H121" s="141"/>
-[...1 lines deleted...]
-      <c r="J121" s="142">
+      <c r="H121" s="139"/>
+      <c r="I121" s="139"/>
+      <c r="J121" s="140">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K121" s="141"/>
-[...4 lines deleted...]
-      <c r="P121" s="144">
+      <c r="K121" s="139"/>
+      <c r="L121" s="141"/>
+      <c r="M121" s="141"/>
+      <c r="N121" s="141"/>
+      <c r="O121" s="141"/>
+      <c r="P121" s="142">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q121" s="144">
+      <c r="Q121" s="142">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R121" s="144">
+      <c r="R121" s="142">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S121" s="145">
+      <c r="S121" s="143">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T121" s="48"/>
       <c r="U121" s="49"/>
       <c r="V121" s="49"/>
       <c r="W121" s="49"/>
       <c r="X121" s="49"/>
       <c r="Y121" s="49"/>
     </row>
     <row r="122" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="14"/>
       <c r="B122" s="15"/>
       <c r="C122" s="15"/>
       <c r="D122" s="14"/>
       <c r="E122" s="15"/>
       <c r="F122" s="15"/>
       <c r="G122" s="14"/>
-      <c r="H122" s="153"/>
-[...1 lines deleted...]
-      <c r="J122" s="158">
+      <c r="H122" s="151"/>
+      <c r="I122" s="151"/>
+      <c r="J122" s="156">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
-      <c r="K122" s="153"/>
-[...4 lines deleted...]
-      <c r="P122" s="159">
+      <c r="K122" s="151"/>
+      <c r="L122" s="151"/>
+      <c r="M122" s="151"/>
+      <c r="N122" s="151"/>
+      <c r="O122" s="151"/>
+      <c r="P122" s="157">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="Q122" s="159">
+      <c r="Q122" s="157">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
-      <c r="R122" s="158">
+      <c r="R122" s="156">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="S122" s="160">
+      <c r="S122" s="158">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="T122" s="54"/>
       <c r="U122" s="55"/>
       <c r="V122" s="55"/>
       <c r="W122" s="55"/>
       <c r="X122" s="55"/>
       <c r="Y122" s="55"/>
     </row>
     <row r="123" spans="1:25" s="38" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="34" t="s">
         <v>75</v>
       </c>
       <c r="B123" s="34"/>
       <c r="C123" s="34"/>
       <c r="D123" s="34"/>
       <c r="E123" s="34"/>
       <c r="F123" s="34"/>
       <c r="G123" s="34"/>
       <c r="H123" s="35"/>
       <c r="I123" s="35">
         <f t="shared" ref="I123:S123" si="16">SUM(I48:I122)</f>
         <v>0</v>
       </c>
@@ -8832,2862 +8838,2847 @@
       </c>
       <c r="P123" s="35">
         <f>SUM(P48:P122)</f>
         <v>0</v>
       </c>
       <c r="Q123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="R123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="S123" s="35">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="T123" s="36"/>
       <c r="U123" s="34"/>
       <c r="V123" s="34"/>
       <c r="W123" s="34"/>
       <c r="X123" s="34"/>
       <c r="Y123" s="37"/>
     </row>
     <row r="124" spans="1:25" ht="21" x14ac:dyDescent="0.3">
-      <c r="A124" s="98" t="s">
+      <c r="A124" s="96" t="s">
         <v>79</v>
       </c>
       <c r="B124" s="19"/>
       <c r="C124" s="19"/>
       <c r="D124" s="17"/>
       <c r="E124" s="22"/>
       <c r="F124" s="22"/>
       <c r="G124" s="19"/>
       <c r="H124" s="20"/>
       <c r="I124" s="63"/>
       <c r="J124" s="41"/>
       <c r="K124" s="20"/>
       <c r="L124" s="20"/>
       <c r="M124" s="20"/>
       <c r="N124" s="20"/>
       <c r="O124" s="20"/>
       <c r="P124" s="41"/>
       <c r="Q124" s="41"/>
       <c r="R124" s="41"/>
       <c r="S124" s="41"/>
       <c r="T124" s="33" t="s">
         <v>6</v>
       </c>
       <c r="U124" s="44"/>
       <c r="V124" s="45"/>
       <c r="W124" s="45"/>
       <c r="X124" s="45"/>
       <c r="Y124" s="57"/>
     </row>
     <row r="125" spans="1:25" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A125" s="167" t="s">
+      <c r="A125" s="170" t="s">
         <v>3</v>
       </c>
-      <c r="B125" s="167" t="s">
+      <c r="B125" s="170" t="s">
         <v>4</v>
       </c>
-      <c r="C125" s="167" t="s">
+      <c r="C125" s="170" t="s">
         <v>5</v>
       </c>
-      <c r="D125" s="167" t="s">
+      <c r="D125" s="170" t="s">
         <v>31</v>
       </c>
-      <c r="E125" s="167" t="s">
+      <c r="E125" s="170" t="s">
         <v>20</v>
       </c>
-      <c r="F125" s="167" t="s">
+      <c r="F125" s="170" t="s">
         <v>32</v>
       </c>
-      <c r="G125" s="167" t="s">
+      <c r="G125" s="170" t="s">
         <v>29</v>
       </c>
-      <c r="H125" s="167" t="s">
+      <c r="H125" s="170" t="s">
         <v>36</v>
       </c>
-      <c r="I125" s="173" t="s">
+      <c r="I125" s="176" t="s">
         <v>41</v>
       </c>
-      <c r="J125" s="167" t="s">
+      <c r="J125" s="170" t="s">
         <v>37</v>
       </c>
       <c r="K125" s="32" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="32" t="s">
         <v>24</v>
       </c>
       <c r="M125" s="32" t="s">
         <v>25</v>
       </c>
       <c r="N125" s="32" t="s">
         <v>26</v>
       </c>
       <c r="O125" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="P125" s="167" t="s">
+      <c r="P125" s="170" t="s">
         <v>28</v>
       </c>
-      <c r="Q125" s="167" t="s">
+      <c r="Q125" s="170" t="s">
         <v>21</v>
       </c>
-      <c r="R125" s="167" t="s">
+      <c r="R125" s="170" t="s">
         <v>38</v>
       </c>
-      <c r="S125" s="167" t="s">
+      <c r="S125" s="170" t="s">
         <v>22</v>
       </c>
-      <c r="T125" s="161" t="s">
+      <c r="T125" s="167" t="s">
         <v>8</v>
       </c>
-      <c r="U125" s="161" t="s">
+      <c r="U125" s="167" t="s">
         <v>17</v>
       </c>
-      <c r="V125" s="161" t="s">
+      <c r="V125" s="167" t="s">
         <v>33</v>
       </c>
-      <c r="W125" s="161" t="s">
+      <c r="W125" s="167" t="s">
         <v>30</v>
       </c>
-      <c r="X125" s="161" t="s">
+      <c r="X125" s="167" t="s">
         <v>18</v>
       </c>
-      <c r="Y125" s="161" t="s">
+      <c r="Y125" s="167" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:25" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="187"/>
-[...9 lines deleted...]
-      <c r="K126" s="176" t="s">
+      <c r="A126" s="171"/>
+      <c r="B126" s="171"/>
+      <c r="C126" s="171"/>
+      <c r="D126" s="171"/>
+      <c r="E126" s="171"/>
+      <c r="F126" s="171"/>
+      <c r="G126" s="171"/>
+      <c r="H126" s="171"/>
+      <c r="I126" s="177"/>
+      <c r="J126" s="171"/>
+      <c r="K126" s="173" t="s">
         <v>39</v>
       </c>
-      <c r="L126" s="177"/>
-[...12 lines deleted...]
-      <c r="Y126" s="162"/>
+      <c r="L126" s="174"/>
+      <c r="M126" s="174"/>
+      <c r="N126" s="174"/>
+      <c r="O126" s="175"/>
+      <c r="P126" s="171"/>
+      <c r="Q126" s="171"/>
+      <c r="R126" s="171"/>
+      <c r="S126" s="171"/>
+      <c r="T126" s="168"/>
+      <c r="U126" s="168"/>
+      <c r="V126" s="168"/>
+      <c r="W126" s="168"/>
+      <c r="X126" s="168"/>
+      <c r="Y126" s="168"/>
     </row>
     <row r="127" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A127" s="188"/>
-[...9 lines deleted...]
-      <c r="K127" s="67" t="s">
+      <c r="A127" s="172"/>
+      <c r="B127" s="172"/>
+      <c r="C127" s="172"/>
+      <c r="D127" s="172"/>
+      <c r="E127" s="172"/>
+      <c r="F127" s="172"/>
+      <c r="G127" s="172"/>
+      <c r="H127" s="172"/>
+      <c r="I127" s="178"/>
+      <c r="J127" s="172"/>
+      <c r="K127" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="L127" s="67" t="s">
+      <c r="L127" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="M127" s="67" t="s">
+      <c r="M127" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="N127" s="67" t="s">
+      <c r="N127" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="O127" s="67" t="s">
+      <c r="O127" s="160" t="s">
         <v>40</v>
       </c>
-      <c r="P127" s="188"/>
-[...8 lines deleted...]
-      <c r="Y127" s="191"/>
+      <c r="P127" s="172"/>
+      <c r="Q127" s="172"/>
+      <c r="R127" s="172"/>
+      <c r="S127" s="172"/>
+      <c r="T127" s="169"/>
+      <c r="U127" s="169"/>
+      <c r="V127" s="169"/>
+      <c r="W127" s="169"/>
+      <c r="X127" s="169"/>
+      <c r="Y127" s="169"/>
     </row>
     <row r="128" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="11"/>
       <c r="B128" s="12"/>
       <c r="C128" s="12"/>
       <c r="D128" s="11"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="11"/>
-      <c r="H128" s="146"/>
-[...1 lines deleted...]
-      <c r="J128" s="147">
+      <c r="H128" s="144"/>
+      <c r="I128" s="144"/>
+      <c r="J128" s="145">
         <f>SUM(H128:I128)</f>
         <v>0</v>
       </c>
-      <c r="K128" s="146"/>
-[...4 lines deleted...]
-      <c r="P128" s="149">
+      <c r="K128" s="144"/>
+      <c r="L128" s="146"/>
+      <c r="M128" s="146"/>
+      <c r="N128" s="146"/>
+      <c r="O128" s="146"/>
+      <c r="P128" s="147">
         <f>SUM(K128:O128)</f>
         <v>0</v>
       </c>
-      <c r="Q128" s="149">
+      <c r="Q128" s="147">
         <f>H128*P128</f>
         <v>0</v>
       </c>
-      <c r="R128" s="149">
+      <c r="R128" s="147">
         <f>I128*P128</f>
         <v>0</v>
       </c>
-      <c r="S128" s="150">
+      <c r="S128" s="148">
         <f>SUM(Q128:R128)</f>
         <v>0</v>
       </c>
       <c r="T128" s="46"/>
       <c r="U128" s="47"/>
       <c r="V128" s="47"/>
       <c r="W128" s="47"/>
       <c r="X128" s="47"/>
       <c r="Y128" s="47"/>
     </row>
     <row r="129" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A129" s="4"/>
       <c r="B129" s="5"/>
       <c r="C129" s="5"/>
       <c r="D129" s="4"/>
       <c r="E129" s="5"/>
       <c r="F129" s="5"/>
       <c r="G129" s="4"/>
-      <c r="H129" s="141"/>
-[...1 lines deleted...]
-      <c r="J129" s="142">
+      <c r="H129" s="139"/>
+      <c r="I129" s="139"/>
+      <c r="J129" s="140">
         <f t="shared" ref="J129:J152" si="17">SUM(H129:I129)</f>
         <v>0</v>
       </c>
-      <c r="K129" s="141"/>
-[...4 lines deleted...]
-      <c r="P129" s="144">
+      <c r="K129" s="139"/>
+      <c r="L129" s="141"/>
+      <c r="M129" s="141"/>
+      <c r="N129" s="141"/>
+      <c r="O129" s="141"/>
+      <c r="P129" s="142">
         <f t="shared" ref="P129:P152" si="18">SUM(K129:O129)</f>
         <v>0</v>
       </c>
-      <c r="Q129" s="144">
+      <c r="Q129" s="142">
         <f t="shared" ref="Q129:Q152" si="19">H129*P129</f>
         <v>0</v>
       </c>
-      <c r="R129" s="144">
+      <c r="R129" s="142">
         <f t="shared" ref="R129:R152" si="20">I129*P129</f>
         <v>0</v>
       </c>
-      <c r="S129" s="145">
+      <c r="S129" s="143">
         <f t="shared" ref="S129:S152" si="21">SUM(Q129:R129)</f>
         <v>0</v>
       </c>
       <c r="T129" s="48"/>
       <c r="U129" s="49"/>
       <c r="V129" s="49"/>
       <c r="W129" s="49"/>
       <c r="X129" s="49"/>
       <c r="Y129" s="49"/>
     </row>
     <row r="130" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="11"/>
       <c r="B130" s="12"/>
       <c r="C130" s="12"/>
       <c r="D130" s="11"/>
       <c r="E130" s="12"/>
       <c r="F130" s="12"/>
       <c r="G130" s="11"/>
-      <c r="H130" s="146"/>
-[...1 lines deleted...]
-      <c r="J130" s="147">
+      <c r="H130" s="144"/>
+      <c r="I130" s="144"/>
+      <c r="J130" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K130" s="146"/>
-[...4 lines deleted...]
-      <c r="P130" s="149">
+      <c r="K130" s="144"/>
+      <c r="L130" s="146"/>
+      <c r="M130" s="146"/>
+      <c r="N130" s="146"/>
+      <c r="O130" s="146"/>
+      <c r="P130" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q130" s="149">
+      <c r="Q130" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R130" s="149">
+      <c r="R130" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S130" s="150">
+      <c r="S130" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T130" s="50"/>
       <c r="U130" s="51"/>
       <c r="V130" s="51"/>
       <c r="W130" s="51"/>
       <c r="X130" s="51"/>
       <c r="Y130" s="51"/>
     </row>
     <row r="131" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A131" s="4"/>
       <c r="B131" s="5"/>
       <c r="C131" s="5"/>
       <c r="D131" s="4"/>
       <c r="E131" s="5"/>
       <c r="F131" s="5"/>
       <c r="G131" s="4"/>
-      <c r="H131" s="141"/>
-[...1 lines deleted...]
-      <c r="J131" s="142">
+      <c r="H131" s="139"/>
+      <c r="I131" s="139"/>
+      <c r="J131" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K131" s="141"/>
-[...4 lines deleted...]
-      <c r="P131" s="144">
+      <c r="K131" s="139"/>
+      <c r="L131" s="141"/>
+      <c r="M131" s="141"/>
+      <c r="N131" s="141"/>
+      <c r="O131" s="141"/>
+      <c r="P131" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q131" s="144">
+      <c r="Q131" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R131" s="144">
+      <c r="R131" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S131" s="145">
+      <c r="S131" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T131" s="48"/>
       <c r="U131" s="49"/>
       <c r="V131" s="49"/>
       <c r="W131" s="49"/>
       <c r="X131" s="49"/>
       <c r="Y131" s="49"/>
     </row>
     <row r="132" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="11"/>
       <c r="B132" s="12"/>
       <c r="C132" s="12"/>
       <c r="D132" s="11"/>
       <c r="E132" s="12"/>
       <c r="F132" s="12"/>
       <c r="G132" s="11"/>
-      <c r="H132" s="146"/>
-[...1 lines deleted...]
-      <c r="J132" s="147">
+      <c r="H132" s="144"/>
+      <c r="I132" s="144"/>
+      <c r="J132" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K132" s="146"/>
-[...4 lines deleted...]
-      <c r="P132" s="149">
+      <c r="K132" s="144"/>
+      <c r="L132" s="146"/>
+      <c r="M132" s="146"/>
+      <c r="N132" s="146"/>
+      <c r="O132" s="146"/>
+      <c r="P132" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q132" s="149">
+      <c r="Q132" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R132" s="149">
+      <c r="R132" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S132" s="150">
+      <c r="S132" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T132" s="50"/>
       <c r="U132" s="51"/>
       <c r="V132" s="51"/>
       <c r="W132" s="51"/>
       <c r="X132" s="51"/>
       <c r="Y132" s="51"/>
     </row>
     <row r="133" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A133" s="4"/>
       <c r="B133" s="5"/>
       <c r="C133" s="5"/>
       <c r="D133" s="4"/>
       <c r="E133" s="5"/>
       <c r="F133" s="5"/>
       <c r="G133" s="4"/>
-      <c r="H133" s="141"/>
-[...1 lines deleted...]
-      <c r="J133" s="142">
+      <c r="H133" s="139"/>
+      <c r="I133" s="139"/>
+      <c r="J133" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K133" s="141"/>
-[...4 lines deleted...]
-      <c r="P133" s="144">
+      <c r="K133" s="139"/>
+      <c r="L133" s="141"/>
+      <c r="M133" s="141"/>
+      <c r="N133" s="141"/>
+      <c r="O133" s="141"/>
+      <c r="P133" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q133" s="144">
+      <c r="Q133" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R133" s="144">
+      <c r="R133" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S133" s="145">
+      <c r="S133" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T133" s="48"/>
       <c r="U133" s="49"/>
       <c r="V133" s="49"/>
       <c r="W133" s="49"/>
       <c r="X133" s="49"/>
       <c r="Y133" s="49"/>
     </row>
     <row r="134" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="11"/>
       <c r="B134" s="12"/>
       <c r="C134" s="12"/>
       <c r="D134" s="11"/>
       <c r="E134" s="12"/>
       <c r="F134" s="12"/>
       <c r="G134" s="11"/>
-      <c r="H134" s="146"/>
-[...1 lines deleted...]
-      <c r="J134" s="147">
+      <c r="H134" s="144"/>
+      <c r="I134" s="144"/>
+      <c r="J134" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K134" s="146"/>
-[...4 lines deleted...]
-      <c r="P134" s="149">
+      <c r="K134" s="144"/>
+      <c r="L134" s="146"/>
+      <c r="M134" s="146"/>
+      <c r="N134" s="146"/>
+      <c r="O134" s="146"/>
+      <c r="P134" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q134" s="149">
+      <c r="Q134" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R134" s="149">
+      <c r="R134" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S134" s="150">
+      <c r="S134" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T134" s="50"/>
       <c r="U134" s="51"/>
       <c r="V134" s="51"/>
       <c r="W134" s="51"/>
       <c r="X134" s="51"/>
       <c r="Y134" s="51"/>
     </row>
     <row r="135" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A135" s="4"/>
       <c r="B135" s="5"/>
       <c r="C135" s="5"/>
       <c r="D135" s="4"/>
       <c r="E135" s="5"/>
       <c r="F135" s="5"/>
       <c r="G135" s="4"/>
-      <c r="H135" s="141"/>
-[...1 lines deleted...]
-      <c r="J135" s="142">
+      <c r="H135" s="139"/>
+      <c r="I135" s="139"/>
+      <c r="J135" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K135" s="141"/>
-[...4 lines deleted...]
-      <c r="P135" s="144">
+      <c r="K135" s="139"/>
+      <c r="L135" s="141"/>
+      <c r="M135" s="141"/>
+      <c r="N135" s="141"/>
+      <c r="O135" s="141"/>
+      <c r="P135" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q135" s="144">
+      <c r="Q135" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R135" s="144">
+      <c r="R135" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S135" s="145">
+      <c r="S135" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T135" s="48"/>
       <c r="U135" s="49"/>
       <c r="V135" s="49"/>
       <c r="W135" s="49"/>
       <c r="X135" s="49"/>
       <c r="Y135" s="49"/>
     </row>
     <row r="136" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="11"/>
       <c r="B136" s="12"/>
       <c r="C136" s="12"/>
       <c r="D136" s="11"/>
       <c r="E136" s="12"/>
       <c r="F136" s="12"/>
       <c r="G136" s="11"/>
-      <c r="H136" s="146"/>
-[...1 lines deleted...]
-      <c r="J136" s="147">
+      <c r="H136" s="144"/>
+      <c r="I136" s="144"/>
+      <c r="J136" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K136" s="146"/>
-[...4 lines deleted...]
-      <c r="P136" s="149">
+      <c r="K136" s="144"/>
+      <c r="L136" s="146"/>
+      <c r="M136" s="146"/>
+      <c r="N136" s="146"/>
+      <c r="O136" s="146"/>
+      <c r="P136" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q136" s="149">
+      <c r="Q136" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R136" s="149">
+      <c r="R136" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S136" s="150">
+      <c r="S136" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T136" s="50"/>
       <c r="U136" s="51"/>
       <c r="V136" s="51"/>
       <c r="W136" s="51"/>
       <c r="X136" s="51"/>
       <c r="Y136" s="51"/>
     </row>
     <row r="137" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A137" s="4"/>
       <c r="B137" s="5"/>
       <c r="C137" s="5"/>
       <c r="D137" s="4"/>
       <c r="E137" s="5"/>
       <c r="F137" s="5"/>
       <c r="G137" s="4"/>
-      <c r="H137" s="141"/>
-[...1 lines deleted...]
-      <c r="J137" s="142">
+      <c r="H137" s="139"/>
+      <c r="I137" s="139"/>
+      <c r="J137" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K137" s="141"/>
-[...4 lines deleted...]
-      <c r="P137" s="144">
+      <c r="K137" s="139"/>
+      <c r="L137" s="141"/>
+      <c r="M137" s="141"/>
+      <c r="N137" s="141"/>
+      <c r="O137" s="141"/>
+      <c r="P137" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q137" s="144">
+      <c r="Q137" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R137" s="144">
+      <c r="R137" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S137" s="145">
+      <c r="S137" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T137" s="48"/>
       <c r="U137" s="49"/>
       <c r="V137" s="49"/>
       <c r="W137" s="49"/>
       <c r="X137" s="49"/>
       <c r="Y137" s="49"/>
     </row>
     <row r="138" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="11"/>
       <c r="B138" s="12"/>
       <c r="C138" s="12"/>
       <c r="D138" s="11"/>
       <c r="E138" s="12"/>
       <c r="F138" s="12"/>
       <c r="G138" s="11"/>
-      <c r="H138" s="146"/>
-[...1 lines deleted...]
-      <c r="J138" s="147">
+      <c r="H138" s="144"/>
+      <c r="I138" s="144"/>
+      <c r="J138" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K138" s="146"/>
-[...4 lines deleted...]
-      <c r="P138" s="149">
+      <c r="K138" s="144"/>
+      <c r="L138" s="146"/>
+      <c r="M138" s="146"/>
+      <c r="N138" s="146"/>
+      <c r="O138" s="146"/>
+      <c r="P138" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q138" s="149">
+      <c r="Q138" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R138" s="149">
+      <c r="R138" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S138" s="150">
+      <c r="S138" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T138" s="50"/>
       <c r="U138" s="51"/>
       <c r="V138" s="51"/>
       <c r="W138" s="51"/>
       <c r="X138" s="51"/>
       <c r="Y138" s="51"/>
     </row>
     <row r="139" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A139" s="4"/>
       <c r="B139" s="5"/>
       <c r="C139" s="5"/>
       <c r="D139" s="4"/>
       <c r="E139" s="5"/>
       <c r="F139" s="5"/>
       <c r="G139" s="4"/>
-      <c r="H139" s="141"/>
-[...1 lines deleted...]
-      <c r="J139" s="142">
+      <c r="H139" s="139"/>
+      <c r="I139" s="139"/>
+      <c r="J139" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K139" s="141"/>
-[...4 lines deleted...]
-      <c r="P139" s="144">
+      <c r="K139" s="139"/>
+      <c r="L139" s="141"/>
+      <c r="M139" s="141"/>
+      <c r="N139" s="141"/>
+      <c r="O139" s="141"/>
+      <c r="P139" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q139" s="144">
+      <c r="Q139" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R139" s="144">
+      <c r="R139" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S139" s="145">
+      <c r="S139" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T139" s="48"/>
       <c r="U139" s="49"/>
       <c r="V139" s="49"/>
       <c r="W139" s="49"/>
       <c r="X139" s="49"/>
       <c r="Y139" s="49"/>
     </row>
     <row r="140" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="11"/>
       <c r="B140" s="12"/>
       <c r="C140" s="12"/>
       <c r="D140" s="11"/>
       <c r="E140" s="12"/>
       <c r="F140" s="12"/>
       <c r="G140" s="11"/>
-      <c r="H140" s="146"/>
-[...1 lines deleted...]
-      <c r="J140" s="147">
+      <c r="H140" s="144"/>
+      <c r="I140" s="144"/>
+      <c r="J140" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K140" s="146"/>
-[...4 lines deleted...]
-      <c r="P140" s="149">
+      <c r="K140" s="144"/>
+      <c r="L140" s="146"/>
+      <c r="M140" s="146"/>
+      <c r="N140" s="146"/>
+      <c r="O140" s="146"/>
+      <c r="P140" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q140" s="149">
+      <c r="Q140" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R140" s="149">
+      <c r="R140" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S140" s="150">
+      <c r="S140" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T140" s="50"/>
       <c r="U140" s="51"/>
       <c r="V140" s="51"/>
       <c r="W140" s="51"/>
       <c r="X140" s="51"/>
       <c r="Y140" s="51"/>
     </row>
     <row r="141" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A141" s="4"/>
       <c r="B141" s="5"/>
       <c r="C141" s="5"/>
       <c r="D141" s="4"/>
       <c r="E141" s="5"/>
       <c r="F141" s="5"/>
       <c r="G141" s="4"/>
-      <c r="H141" s="141"/>
-[...1 lines deleted...]
-      <c r="J141" s="142">
+      <c r="H141" s="139"/>
+      <c r="I141" s="139"/>
+      <c r="J141" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K141" s="141"/>
-[...4 lines deleted...]
-      <c r="P141" s="144">
+      <c r="K141" s="139"/>
+      <c r="L141" s="141"/>
+      <c r="M141" s="141"/>
+      <c r="N141" s="141"/>
+      <c r="O141" s="141"/>
+      <c r="P141" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q141" s="144">
+      <c r="Q141" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R141" s="144">
+      <c r="R141" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S141" s="145">
+      <c r="S141" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T141" s="48"/>
       <c r="U141" s="49"/>
       <c r="V141" s="49"/>
       <c r="W141" s="49"/>
       <c r="X141" s="49"/>
       <c r="Y141" s="49"/>
     </row>
     <row r="142" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="11"/>
       <c r="B142" s="12"/>
       <c r="C142" s="12"/>
       <c r="D142" s="11"/>
       <c r="E142" s="12"/>
       <c r="F142" s="12"/>
       <c r="G142" s="11"/>
-      <c r="H142" s="146"/>
-[...1 lines deleted...]
-      <c r="J142" s="147">
+      <c r="H142" s="144"/>
+      <c r="I142" s="144"/>
+      <c r="J142" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K142" s="146"/>
-[...4 lines deleted...]
-      <c r="P142" s="149">
+      <c r="K142" s="144"/>
+      <c r="L142" s="146"/>
+      <c r="M142" s="146"/>
+      <c r="N142" s="146"/>
+      <c r="O142" s="146"/>
+      <c r="P142" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q142" s="149">
+      <c r="Q142" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R142" s="149">
+      <c r="R142" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S142" s="150">
+      <c r="S142" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T142" s="50"/>
       <c r="U142" s="51"/>
       <c r="V142" s="51"/>
       <c r="W142" s="51"/>
       <c r="X142" s="51"/>
       <c r="Y142" s="51"/>
     </row>
     <row r="143" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A143" s="4"/>
       <c r="B143" s="5"/>
       <c r="C143" s="5"/>
       <c r="D143" s="4"/>
       <c r="E143" s="5"/>
       <c r="F143" s="5"/>
       <c r="G143" s="4"/>
-      <c r="H143" s="141"/>
-[...1 lines deleted...]
-      <c r="J143" s="142">
+      <c r="H143" s="139"/>
+      <c r="I143" s="139"/>
+      <c r="J143" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K143" s="141"/>
-[...4 lines deleted...]
-      <c r="P143" s="144">
+      <c r="K143" s="139"/>
+      <c r="L143" s="141"/>
+      <c r="M143" s="141"/>
+      <c r="N143" s="141"/>
+      <c r="O143" s="141"/>
+      <c r="P143" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q143" s="144">
+      <c r="Q143" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R143" s="144">
+      <c r="R143" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S143" s="145">
+      <c r="S143" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T143" s="48"/>
       <c r="U143" s="49"/>
       <c r="V143" s="49"/>
       <c r="W143" s="49"/>
       <c r="X143" s="49"/>
       <c r="Y143" s="49"/>
     </row>
     <row r="144" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="11"/>
       <c r="B144" s="12"/>
       <c r="C144" s="12"/>
       <c r="D144" s="11"/>
       <c r="E144" s="12"/>
       <c r="F144" s="12"/>
       <c r="G144" s="11"/>
-      <c r="H144" s="146"/>
-[...1 lines deleted...]
-      <c r="J144" s="147">
+      <c r="H144" s="144"/>
+      <c r="I144" s="144"/>
+      <c r="J144" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K144" s="146"/>
-[...4 lines deleted...]
-      <c r="P144" s="149">
+      <c r="K144" s="144"/>
+      <c r="L144" s="146"/>
+      <c r="M144" s="146"/>
+      <c r="N144" s="146"/>
+      <c r="O144" s="146"/>
+      <c r="P144" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q144" s="149">
+      <c r="Q144" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R144" s="149">
+      <c r="R144" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S144" s="150">
+      <c r="S144" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T144" s="50"/>
       <c r="U144" s="51"/>
       <c r="V144" s="51"/>
       <c r="W144" s="51"/>
       <c r="X144" s="51"/>
       <c r="Y144" s="51"/>
     </row>
     <row r="145" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A145" s="4"/>
       <c r="B145" s="5"/>
       <c r="C145" s="5"/>
       <c r="D145" s="4"/>
       <c r="E145" s="5"/>
       <c r="F145" s="5"/>
       <c r="G145" s="4"/>
-      <c r="H145" s="141"/>
-[...1 lines deleted...]
-      <c r="J145" s="142">
+      <c r="H145" s="139"/>
+      <c r="I145" s="139"/>
+      <c r="J145" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K145" s="141"/>
-[...4 lines deleted...]
-      <c r="P145" s="144">
+      <c r="K145" s="139"/>
+      <c r="L145" s="141"/>
+      <c r="M145" s="141"/>
+      <c r="N145" s="141"/>
+      <c r="O145" s="141"/>
+      <c r="P145" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q145" s="144">
+      <c r="Q145" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R145" s="144">
+      <c r="R145" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S145" s="145">
+      <c r="S145" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T145" s="48"/>
       <c r="U145" s="49"/>
       <c r="V145" s="49"/>
       <c r="W145" s="49"/>
       <c r="X145" s="49"/>
       <c r="Y145" s="49"/>
     </row>
     <row r="146" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="11"/>
       <c r="B146" s="12"/>
       <c r="C146" s="12"/>
       <c r="D146" s="11"/>
       <c r="E146" s="12"/>
       <c r="F146" s="12"/>
       <c r="G146" s="11"/>
-      <c r="H146" s="146"/>
-[...1 lines deleted...]
-      <c r="J146" s="147">
+      <c r="H146" s="144"/>
+      <c r="I146" s="144"/>
+      <c r="J146" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K146" s="146"/>
-[...4 lines deleted...]
-      <c r="P146" s="149">
+      <c r="K146" s="144"/>
+      <c r="L146" s="146"/>
+      <c r="M146" s="146"/>
+      <c r="N146" s="146"/>
+      <c r="O146" s="146"/>
+      <c r="P146" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q146" s="149">
+      <c r="Q146" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R146" s="149">
+      <c r="R146" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S146" s="150">
+      <c r="S146" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T146" s="50"/>
       <c r="U146" s="51"/>
       <c r="V146" s="51"/>
       <c r="W146" s="51"/>
       <c r="X146" s="51"/>
       <c r="Y146" s="51"/>
     </row>
     <row r="147" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A147" s="4"/>
       <c r="B147" s="5"/>
       <c r="C147" s="5"/>
       <c r="D147" s="4"/>
       <c r="E147" s="5"/>
       <c r="F147" s="5"/>
       <c r="G147" s="4"/>
-      <c r="H147" s="141"/>
-[...1 lines deleted...]
-      <c r="J147" s="142">
+      <c r="H147" s="139"/>
+      <c r="I147" s="139"/>
+      <c r="J147" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K147" s="141"/>
-[...4 lines deleted...]
-      <c r="P147" s="144">
+      <c r="K147" s="139"/>
+      <c r="L147" s="141"/>
+      <c r="M147" s="141"/>
+      <c r="N147" s="141"/>
+      <c r="O147" s="141"/>
+      <c r="P147" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q147" s="144">
+      <c r="Q147" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R147" s="144">
+      <c r="R147" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S147" s="145">
+      <c r="S147" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T147" s="48"/>
       <c r="U147" s="49"/>
       <c r="V147" s="49"/>
       <c r="W147" s="49"/>
       <c r="X147" s="49"/>
       <c r="Y147" s="49"/>
     </row>
     <row r="148" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A148" s="11"/>
       <c r="B148" s="12"/>
       <c r="C148" s="12"/>
       <c r="D148" s="11"/>
       <c r="E148" s="12"/>
       <c r="F148" s="12"/>
       <c r="G148" s="11"/>
-      <c r="H148" s="146"/>
-[...1 lines deleted...]
-      <c r="J148" s="147">
+      <c r="H148" s="144"/>
+      <c r="I148" s="144"/>
+      <c r="J148" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K148" s="146"/>
-[...4 lines deleted...]
-      <c r="P148" s="149">
+      <c r="K148" s="144"/>
+      <c r="L148" s="146"/>
+      <c r="M148" s="146"/>
+      <c r="N148" s="146"/>
+      <c r="O148" s="146"/>
+      <c r="P148" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q148" s="149">
+      <c r="Q148" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R148" s="149">
+      <c r="R148" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S148" s="150">
+      <c r="S148" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T148" s="50"/>
       <c r="U148" s="51"/>
       <c r="V148" s="51"/>
       <c r="W148" s="51"/>
       <c r="X148" s="51"/>
       <c r="Y148" s="51"/>
     </row>
     <row r="149" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A149" s="4"/>
       <c r="B149" s="5"/>
       <c r="C149" s="5"/>
       <c r="D149" s="4"/>
       <c r="E149" s="5"/>
       <c r="F149" s="5"/>
       <c r="G149" s="4"/>
-      <c r="H149" s="141"/>
-[...1 lines deleted...]
-      <c r="J149" s="142">
+      <c r="H149" s="139"/>
+      <c r="I149" s="139"/>
+      <c r="J149" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K149" s="141"/>
-[...4 lines deleted...]
-      <c r="P149" s="144">
+      <c r="K149" s="139"/>
+      <c r="L149" s="141"/>
+      <c r="M149" s="141"/>
+      <c r="N149" s="141"/>
+      <c r="O149" s="141"/>
+      <c r="P149" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q149" s="144">
+      <c r="Q149" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R149" s="144">
+      <c r="R149" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S149" s="145">
+      <c r="S149" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T149" s="48"/>
       <c r="U149" s="49"/>
       <c r="V149" s="49"/>
       <c r="W149" s="49"/>
       <c r="X149" s="49"/>
       <c r="Y149" s="49"/>
     </row>
     <row r="150" spans="1:25" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A150" s="11"/>
       <c r="B150" s="12"/>
       <c r="C150" s="12"/>
       <c r="D150" s="11"/>
       <c r="E150" s="12"/>
       <c r="F150" s="12"/>
       <c r="G150" s="11"/>
-      <c r="H150" s="146"/>
-[...1 lines deleted...]
-      <c r="J150" s="147">
+      <c r="H150" s="144"/>
+      <c r="I150" s="144"/>
+      <c r="J150" s="145">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K150" s="146"/>
-[...4 lines deleted...]
-      <c r="P150" s="149">
+      <c r="K150" s="144"/>
+      <c r="L150" s="146"/>
+      <c r="M150" s="146"/>
+      <c r="N150" s="146"/>
+      <c r="O150" s="146"/>
+      <c r="P150" s="147">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q150" s="149">
+      <c r="Q150" s="147">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R150" s="149">
+      <c r="R150" s="147">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S150" s="150">
+      <c r="S150" s="148">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T150" s="50"/>
       <c r="U150" s="51"/>
       <c r="V150" s="51"/>
       <c r="W150" s="51"/>
       <c r="X150" s="51"/>
       <c r="Y150" s="51"/>
     </row>
     <row r="151" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A151" s="4"/>
       <c r="B151" s="5"/>
       <c r="C151" s="5"/>
       <c r="D151" s="4"/>
       <c r="E151" s="5"/>
       <c r="F151" s="5"/>
       <c r="G151" s="4"/>
-      <c r="H151" s="141"/>
-[...1 lines deleted...]
-      <c r="J151" s="142">
+      <c r="H151" s="139"/>
+      <c r="I151" s="139"/>
+      <c r="J151" s="140">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K151" s="141"/>
-[...4 lines deleted...]
-      <c r="P151" s="144">
+      <c r="K151" s="139"/>
+      <c r="L151" s="141"/>
+      <c r="M151" s="141"/>
+      <c r="N151" s="141"/>
+      <c r="O151" s="141"/>
+      <c r="P151" s="142">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q151" s="144">
+      <c r="Q151" s="142">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R151" s="144">
+      <c r="R151" s="142">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S151" s="145">
+      <c r="S151" s="143">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T151" s="48"/>
       <c r="U151" s="49"/>
       <c r="V151" s="49"/>
       <c r="W151" s="49"/>
       <c r="X151" s="49"/>
       <c r="Y151" s="49"/>
     </row>
     <row r="152" spans="1:25" s="13" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="14"/>
       <c r="B152" s="15"/>
       <c r="C152" s="15"/>
       <c r="D152" s="14"/>
       <c r="E152" s="15"/>
       <c r="F152" s="15"/>
       <c r="G152" s="14"/>
-      <c r="H152" s="153"/>
-[...1 lines deleted...]
-      <c r="J152" s="158">
+      <c r="H152" s="151"/>
+      <c r="I152" s="151"/>
+      <c r="J152" s="156">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="K152" s="153"/>
-[...4 lines deleted...]
-      <c r="P152" s="159">
+      <c r="K152" s="151"/>
+      <c r="L152" s="151"/>
+      <c r="M152" s="151"/>
+      <c r="N152" s="151"/>
+      <c r="O152" s="151"/>
+      <c r="P152" s="157">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
-      <c r="Q152" s="159">
+      <c r="Q152" s="157">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="R152" s="158">
+      <c r="R152" s="156">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="S152" s="160">
+      <c r="S152" s="158">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="T152" s="54"/>
       <c r="U152" s="55"/>
       <c r="V152" s="55"/>
       <c r="W152" s="55"/>
       <c r="X152" s="55"/>
       <c r="Y152" s="55"/>
     </row>
     <row r="153" spans="1:25" s="28" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A153" s="81" t="s">
+      <c r="A153" s="80" t="s">
         <v>75</v>
       </c>
-      <c r="B153" s="82"/>
-[...6 lines deleted...]
-      <c r="I153" s="83">
+      <c r="B153" s="81"/>
+      <c r="C153" s="81"/>
+      <c r="D153" s="81"/>
+      <c r="E153" s="81"/>
+      <c r="F153" s="81"/>
+      <c r="G153" s="81"/>
+      <c r="H153" s="82"/>
+      <c r="I153" s="82">
         <f t="shared" ref="I153:S153" si="22">SUM(I128:I152)</f>
         <v>0</v>
       </c>
-      <c r="J153" s="83">
+      <c r="J153" s="82">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="K153" s="83">
+      <c r="K153" s="82">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="L153" s="83">
+      <c r="L153" s="82">
         <f>SUM(L128:L152)</f>
         <v>0</v>
       </c>
-      <c r="M153" s="83">
+      <c r="M153" s="82">
         <f>SUM(M128:M152)</f>
         <v>0</v>
       </c>
-      <c r="N153" s="83">
+      <c r="N153" s="82">
         <f>SUM(N128:N152)</f>
         <v>0</v>
       </c>
-      <c r="O153" s="83">
+      <c r="O153" s="82">
         <f>SUM(O128:O152)</f>
         <v>0</v>
       </c>
-      <c r="P153" s="83">
+      <c r="P153" s="82">
         <f>SUM(P128:P152)</f>
         <v>0</v>
       </c>
-      <c r="Q153" s="83">
+      <c r="Q153" s="82">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="R153" s="83">
+      <c r="R153" s="82">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="S153" s="83">
+      <c r="S153" s="82">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="T153" s="84"/>
-[...4 lines deleted...]
-      <c r="Y153" s="86"/>
+      <c r="T153" s="83"/>
+      <c r="U153" s="84"/>
+      <c r="V153" s="84"/>
+      <c r="W153" s="84"/>
+      <c r="X153" s="84"/>
+      <c r="Y153" s="85"/>
     </row>
     <row r="154" spans="1:25" s="39" customFormat="1" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A154" s="87" t="s">
+      <c r="A154" s="86" t="s">
         <v>76</v>
       </c>
-      <c r="B154" s="88"/>
-[...6 lines deleted...]
-      <c r="I154" s="90">
+      <c r="B154" s="87"/>
+      <c r="C154" s="87"/>
+      <c r="D154" s="87"/>
+      <c r="E154" s="87"/>
+      <c r="F154" s="87"/>
+      <c r="G154" s="87"/>
+      <c r="H154" s="88"/>
+      <c r="I154" s="89">
         <f t="shared" ref="I154:S154" si="23">SUM(I153,I123,I43)</f>
         <v>0</v>
       </c>
-      <c r="J154" s="90">
+      <c r="J154" s="89">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="K154" s="90">
+      <c r="K154" s="89">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="L154" s="90">
+      <c r="L154" s="89">
         <f>SUM(L153,L123,L43)</f>
         <v>0</v>
       </c>
-      <c r="M154" s="90">
+      <c r="M154" s="89">
         <f>SUM(M153,M123,M43)</f>
         <v>0</v>
       </c>
-      <c r="N154" s="90">
+      <c r="N154" s="89">
         <f>SUM(N153,N123,N43)</f>
         <v>0</v>
       </c>
-      <c r="O154" s="90">
+      <c r="O154" s="89">
         <f>SUM(O153,O123,O43)</f>
         <v>0</v>
       </c>
-      <c r="P154" s="90">
+      <c r="P154" s="89">
         <f>SUM(P153,P123,P43)</f>
         <v>0</v>
       </c>
-      <c r="Q154" s="90">
+      <c r="Q154" s="89">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="R154" s="90">
+      <c r="R154" s="89">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="S154" s="90">
+      <c r="S154" s="89">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="T154" s="91"/>
-[...4 lines deleted...]
-      <c r="Y154" s="92"/>
+      <c r="T154" s="90"/>
+      <c r="U154" s="87"/>
+      <c r="V154" s="87"/>
+      <c r="W154" s="87"/>
+      <c r="X154" s="87"/>
+      <c r="Y154" s="91"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="R4NHxLNVd4l78Waa9j0SLda6q+oR44/iqFmzMPVdJQ7ZablKgXNbC7rkMbztEjKItFHTw0YpJTzAU7liooZXqg==" saltValue="77OkQQI2wy7Bwjay8Kt5RQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="s8SGlHPQyZlGAVtRsSKPYydo4Fsgu18xGMONfL4BIqtk36ssiFFogTHM0IYnkzBj9VLsHBkzOmZPQk2+qz24gA==" saltValue="209DGjP6kW34llocSJwzZA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="70">
-    <mergeCell ref="A1:G1"/>
-[...53 lines deleted...]
-    <mergeCell ref="E10:E12"/>
     <mergeCell ref="V10:V12"/>
     <mergeCell ref="W10:W12"/>
     <mergeCell ref="X10:X12"/>
     <mergeCell ref="Y10:Y12"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="Q10:Q12"/>
     <mergeCell ref="R10:R12"/>
     <mergeCell ref="S10:S12"/>
     <mergeCell ref="T10:T12"/>
     <mergeCell ref="U10:U12"/>
     <mergeCell ref="H10:H12"/>
     <mergeCell ref="I10:I12"/>
     <mergeCell ref="J10:J12"/>
     <mergeCell ref="K11:O11"/>
     <mergeCell ref="P10:P12"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B10:B12"/>
+    <mergeCell ref="C10:C12"/>
+    <mergeCell ref="D10:D12"/>
+    <mergeCell ref="F10:F12"/>
+    <mergeCell ref="G10:G12"/>
+    <mergeCell ref="E10:E12"/>
+    <mergeCell ref="K46:O46"/>
+    <mergeCell ref="A45:A47"/>
+    <mergeCell ref="B45:B47"/>
+    <mergeCell ref="C45:C47"/>
+    <mergeCell ref="D45:D47"/>
+    <mergeCell ref="E45:E47"/>
+    <mergeCell ref="F45:F47"/>
+    <mergeCell ref="G45:G47"/>
+    <mergeCell ref="H45:H47"/>
+    <mergeCell ref="I45:I47"/>
+    <mergeCell ref="J45:J47"/>
+    <mergeCell ref="P45:P47"/>
+    <mergeCell ref="Q45:Q47"/>
+    <mergeCell ref="R45:R47"/>
+    <mergeCell ref="S45:S47"/>
+    <mergeCell ref="T45:T47"/>
+    <mergeCell ref="U45:U47"/>
+    <mergeCell ref="V45:V47"/>
+    <mergeCell ref="W45:W47"/>
+    <mergeCell ref="X45:X47"/>
+    <mergeCell ref="Y45:Y47"/>
+    <mergeCell ref="K126:O126"/>
+    <mergeCell ref="A125:A127"/>
+    <mergeCell ref="B125:B127"/>
+    <mergeCell ref="C125:C127"/>
+    <mergeCell ref="D125:D127"/>
+    <mergeCell ref="E125:E127"/>
+    <mergeCell ref="F125:F127"/>
+    <mergeCell ref="G125:G127"/>
+    <mergeCell ref="H125:H127"/>
+    <mergeCell ref="I125:I127"/>
+    <mergeCell ref="J125:J127"/>
+    <mergeCell ref="P125:P127"/>
+    <mergeCell ref="Q125:Q127"/>
+    <mergeCell ref="R125:R127"/>
+    <mergeCell ref="S125:S127"/>
+    <mergeCell ref="T125:T127"/>
+    <mergeCell ref="Y125:Y127"/>
+    <mergeCell ref="U125:U127"/>
+    <mergeCell ref="V125:V127"/>
+    <mergeCell ref="W125:W127"/>
+    <mergeCell ref="X125:X127"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="B5:G5"/>
   </mergeCells>
   <dataValidations count="7">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E48:E122" xr:uid="{E9C40AAC-8587-4AEF-9690-68067CDB6C24}">
       <formula1>"Teacher, Assistant Teacher"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D13:D42 D48:D122 D128:D152" xr:uid="{95B02094-048E-4DBD-9CA7-14C2D07142B0}">
       <formula1>"HS, EHS, PI, PFA, Child Care"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F13:F42 F48:F122 F128:F152" xr:uid="{95CAC0B9-096B-4DA8-9896-A023481DBAFD}">
       <formula1>"DCFS Qualified, Associate's, Bachelor's, Master's, PhD"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I13:I42 I48:I122 I129:I152" xr:uid="{A1E2F562-15B2-400A-A682-297E8F4FEC3F}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I13:I42 I48:I122" xr:uid="{A1E2F562-15B2-400A-A682-297E8F4FEC3F}">
       <formula1>"2.52, 3.77, 5.27, 2.25, 3.75, 5.25, 9.50, 12.33, 2.50, 3.75, 4.50, 2.50, 3.25, 4.50, 6.50, 8.00, 2.25, 3.50, 4.25, 2.85, 3.60, 4.85, 5.85, 8.35"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G13:G42 G48:G122 G128:G152" xr:uid="{E611B8E6-270C-471A-8D86-47A30288E1AD}">
       <formula1>"DCFS Qualified, ECE 1, ECE 2, ECE 3, ECE 4, ECE 5, ECE PEL"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E13:E42 E128:E152" xr:uid="{5C96337A-FD09-4198-89BA-8FCA52654BCF}">
       <formula1>"Teacher, Assistant Teacher, Director/Teacher, Director, Assistant Director, Sub/Floater"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I128" xr:uid="{89596D80-9FD6-4167-8FF0-C3FF92161ACA}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I128:I152" xr:uid="{5F84C6DB-B53A-4069-BC36-1D1E33BF5916}">
       <formula1>"2.52, 3.77, 5.27, 2.25, 3.75, 5.25, 9.50, 12.33, 2.50, 3.75, 4.50, 2.50, 3.25, 4.50, 6.50, 8.00, 2.25, 3.50, 4.25, 2.85, 3.60, 4.85, 5.85, 8.35, 7.70"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C62B9580-D31E-44F9-859D-698DAE3928C3}">
   <dimension ref="A1:N61"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.6640625" style="59" customWidth="1"/>
     <col min="2" max="2" width="49.5546875" style="58" customWidth="1"/>
     <col min="3" max="3" width="21.6640625" style="59" customWidth="1"/>
     <col min="4" max="4" width="30.88671875" style="58" customWidth="1"/>
     <col min="5" max="5" width="70.6640625" style="58" customWidth="1"/>
     <col min="6" max="6" width="16.77734375" style="58" customWidth="1"/>
     <col min="7" max="13" width="16.88671875" style="58" customWidth="1"/>
     <col min="14" max="14" width="117.21875" style="58" customWidth="1"/>
     <col min="15" max="16384" width="8.88671875" style="58"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="21" x14ac:dyDescent="0.4">
-      <c r="A1" s="222" t="s">
+      <c r="A1" s="197" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="223"/>
-[...2 lines deleted...]
-      <c r="E1" s="224"/>
+      <c r="B1" s="198"/>
+      <c r="C1" s="198"/>
+      <c r="D1" s="198"/>
+      <c r="E1" s="199"/>
     </row>
     <row r="2" spans="1:12" ht="21" x14ac:dyDescent="0.4">
-      <c r="A2" s="229" t="s">
+      <c r="A2" s="207" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="230"/>
-[...2 lines deleted...]
-      <c r="E2" s="230"/>
+      <c r="B2" s="208"/>
+      <c r="C2" s="208"/>
+      <c r="D2" s="208"/>
+      <c r="E2" s="208"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A3" s="65" t="s">
         <v>83</v>
       </c>
-      <c r="B3" s="234"/>
-[...3 lines deleted...]
-      <c r="F3" s="103"/>
+      <c r="B3" s="212"/>
+      <c r="C3" s="213"/>
+      <c r="D3" s="213"/>
+      <c r="E3" s="214"/>
+      <c r="F3" s="101"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A4" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="234"/>
-[...3 lines deleted...]
-      <c r="F4" s="103"/>
+      <c r="B4" s="212"/>
+      <c r="C4" s="213"/>
+      <c r="D4" s="213"/>
+      <c r="E4" s="214"/>
+      <c r="F4" s="101"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A5" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="234"/>
-[...3 lines deleted...]
-      <c r="F5" s="103"/>
+      <c r="B5" s="212"/>
+      <c r="C5" s="213"/>
+      <c r="D5" s="213"/>
+      <c r="E5" s="214"/>
+      <c r="F5" s="101"/>
     </row>
     <row r="6" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="108" t="s">
+      <c r="A6" s="106" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="237"/>
-[...3 lines deleted...]
-      <c r="F6" s="103"/>
+      <c r="B6" s="215"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="216"/>
+      <c r="E6" s="217"/>
+      <c r="F6" s="101"/>
     </row>
     <row r="7" spans="1:12" ht="21.6" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A7" s="231" t="s">
+      <c r="A7" s="209" t="s">
         <v>81</v>
       </c>
-      <c r="B7" s="232"/>
-[...3 lines deleted...]
-      <c r="F7" s="228" t="s">
+      <c r="B7" s="210"/>
+      <c r="C7" s="210"/>
+      <c r="D7" s="210"/>
+      <c r="E7" s="211"/>
+      <c r="F7" s="206" t="s">
         <v>6</v>
       </c>
-      <c r="G7" s="226"/>
-[...4 lines deleted...]
-      <c r="L7" s="227"/>
+      <c r="G7" s="204"/>
+      <c r="H7" s="204"/>
+      <c r="I7" s="204"/>
+      <c r="J7" s="204"/>
+      <c r="K7" s="204"/>
+      <c r="L7" s="205"/>
     </row>
     <row r="8" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="109" t="s">
+      <c r="A8" s="107" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="110" t="s">
+      <c r="B8" s="108" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="109" t="s">
+      <c r="C8" s="107" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="110" t="s">
+      <c r="D8" s="108" t="s">
         <v>14</v>
       </c>
-      <c r="E8" s="110" t="s">
+      <c r="E8" s="108" t="s">
         <v>15</v>
       </c>
-      <c r="F8" s="225" t="s">
+      <c r="F8" s="203" t="s">
         <v>7</v>
       </c>
-      <c r="G8" s="226"/>
-[...4 lines deleted...]
-      <c r="L8" s="227"/>
+      <c r="G8" s="204"/>
+      <c r="H8" s="204"/>
+      <c r="I8" s="204"/>
+      <c r="J8" s="204"/>
+      <c r="K8" s="204"/>
+      <c r="L8" s="205"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A9" s="100"/>
-[...10 lines deleted...]
-      <c r="L9" s="221"/>
+      <c r="A9" s="98"/>
+      <c r="B9" s="99"/>
+      <c r="C9" s="122"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="100"/>
+      <c r="F9" s="223"/>
+      <c r="G9" s="224"/>
+      <c r="H9" s="224"/>
+      <c r="I9" s="224"/>
+      <c r="J9" s="224"/>
+      <c r="K9" s="224"/>
+      <c r="L9" s="225"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A10" s="77"/>
-[...2 lines deleted...]
-      <c r="D10" s="78"/>
+      <c r="A10" s="76"/>
+      <c r="B10" s="77"/>
+      <c r="C10" s="123"/>
+      <c r="D10" s="77"/>
       <c r="E10" s="5"/>
-      <c r="F10" s="205"/>
-[...5 lines deleted...]
-      <c r="L10" s="207"/>
+      <c r="F10" s="200"/>
+      <c r="G10" s="201"/>
+      <c r="H10" s="201"/>
+      <c r="I10" s="201"/>
+      <c r="J10" s="201"/>
+      <c r="K10" s="201"/>
+      <c r="L10" s="202"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A11" s="77"/>
-[...2 lines deleted...]
-      <c r="D11" s="78"/>
+      <c r="A11" s="76"/>
+      <c r="B11" s="77"/>
+      <c r="C11" s="123"/>
+      <c r="D11" s="77"/>
       <c r="E11" s="5"/>
-      <c r="F11" s="205"/>
-[...5 lines deleted...]
-      <c r="L11" s="207"/>
+      <c r="F11" s="200"/>
+      <c r="G11" s="201"/>
+      <c r="H11" s="201"/>
+      <c r="I11" s="201"/>
+      <c r="J11" s="201"/>
+      <c r="K11" s="201"/>
+      <c r="L11" s="202"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A12" s="77"/>
-[...2 lines deleted...]
-      <c r="D12" s="78"/>
+      <c r="A12" s="76"/>
+      <c r="B12" s="77"/>
+      <c r="C12" s="123"/>
+      <c r="D12" s="77"/>
       <c r="E12" s="5"/>
-      <c r="F12" s="205"/>
-[...5 lines deleted...]
-      <c r="L12" s="207"/>
+      <c r="F12" s="200"/>
+      <c r="G12" s="201"/>
+      <c r="H12" s="201"/>
+      <c r="I12" s="201"/>
+      <c r="J12" s="201"/>
+      <c r="K12" s="201"/>
+      <c r="L12" s="202"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A13" s="77"/>
-[...2 lines deleted...]
-      <c r="D13" s="78"/>
+      <c r="A13" s="76"/>
+      <c r="B13" s="77"/>
+      <c r="C13" s="123"/>
+      <c r="D13" s="77"/>
       <c r="E13" s="5"/>
-      <c r="F13" s="205"/>
-[...5 lines deleted...]
-      <c r="L13" s="207"/>
+      <c r="F13" s="200"/>
+      <c r="G13" s="201"/>
+      <c r="H13" s="201"/>
+      <c r="I13" s="201"/>
+      <c r="J13" s="201"/>
+      <c r="K13" s="201"/>
+      <c r="L13" s="202"/>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A14" s="77"/>
-[...2 lines deleted...]
-      <c r="D14" s="78"/>
+      <c r="A14" s="76"/>
+      <c r="B14" s="77"/>
+      <c r="C14" s="123"/>
+      <c r="D14" s="77"/>
       <c r="E14" s="5"/>
-      <c r="F14" s="205"/>
-[...5 lines deleted...]
-      <c r="L14" s="207"/>
+      <c r="F14" s="200"/>
+      <c r="G14" s="201"/>
+      <c r="H14" s="201"/>
+      <c r="I14" s="201"/>
+      <c r="J14" s="201"/>
+      <c r="K14" s="201"/>
+      <c r="L14" s="202"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A15" s="77"/>
-[...2 lines deleted...]
-      <c r="D15" s="78"/>
+      <c r="A15" s="76"/>
+      <c r="B15" s="77"/>
+      <c r="C15" s="123"/>
+      <c r="D15" s="77"/>
       <c r="E15" s="5"/>
-      <c r="F15" s="205"/>
-[...5 lines deleted...]
-      <c r="L15" s="207"/>
+      <c r="F15" s="200"/>
+      <c r="G15" s="201"/>
+      <c r="H15" s="201"/>
+      <c r="I15" s="201"/>
+      <c r="J15" s="201"/>
+      <c r="K15" s="201"/>
+      <c r="L15" s="202"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A16" s="77"/>
-[...2 lines deleted...]
-      <c r="D16" s="78"/>
+      <c r="A16" s="76"/>
+      <c r="B16" s="77"/>
+      <c r="C16" s="123"/>
+      <c r="D16" s="77"/>
       <c r="E16" s="5"/>
-      <c r="F16" s="205"/>
-[...5 lines deleted...]
-      <c r="L16" s="207"/>
+      <c r="F16" s="200"/>
+      <c r="G16" s="201"/>
+      <c r="H16" s="201"/>
+      <c r="I16" s="201"/>
+      <c r="J16" s="201"/>
+      <c r="K16" s="201"/>
+      <c r="L16" s="202"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A17" s="77"/>
-[...2 lines deleted...]
-      <c r="D17" s="78"/>
+      <c r="A17" s="76"/>
+      <c r="B17" s="77"/>
+      <c r="C17" s="123"/>
+      <c r="D17" s="77"/>
       <c r="E17" s="5"/>
-      <c r="F17" s="205"/>
-[...5 lines deleted...]
-      <c r="L17" s="207"/>
+      <c r="F17" s="200"/>
+      <c r="G17" s="201"/>
+      <c r="H17" s="201"/>
+      <c r="I17" s="201"/>
+      <c r="J17" s="201"/>
+      <c r="K17" s="201"/>
+      <c r="L17" s="202"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A18" s="77"/>
-[...2 lines deleted...]
-      <c r="D18" s="78"/>
+      <c r="A18" s="76"/>
+      <c r="B18" s="77"/>
+      <c r="C18" s="123"/>
+      <c r="D18" s="77"/>
       <c r="E18" s="5"/>
-      <c r="F18" s="205"/>
-[...5 lines deleted...]
-      <c r="L18" s="207"/>
+      <c r="F18" s="200"/>
+      <c r="G18" s="201"/>
+      <c r="H18" s="201"/>
+      <c r="I18" s="201"/>
+      <c r="J18" s="201"/>
+      <c r="K18" s="201"/>
+      <c r="L18" s="202"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A19" s="77"/>
-[...2 lines deleted...]
-      <c r="D19" s="78"/>
+      <c r="A19" s="76"/>
+      <c r="B19" s="77"/>
+      <c r="C19" s="123"/>
+      <c r="D19" s="77"/>
       <c r="E19" s="5"/>
-      <c r="F19" s="205"/>
-[...5 lines deleted...]
-      <c r="L19" s="207"/>
+      <c r="F19" s="200"/>
+      <c r="G19" s="201"/>
+      <c r="H19" s="201"/>
+      <c r="I19" s="201"/>
+      <c r="J19" s="201"/>
+      <c r="K19" s="201"/>
+      <c r="L19" s="202"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A20" s="77"/>
-[...2 lines deleted...]
-      <c r="D20" s="78"/>
+      <c r="A20" s="76"/>
+      <c r="B20" s="77"/>
+      <c r="C20" s="123"/>
+      <c r="D20" s="77"/>
       <c r="E20" s="5"/>
-      <c r="F20" s="205"/>
-[...5 lines deleted...]
-      <c r="L20" s="207"/>
+      <c r="F20" s="200"/>
+      <c r="G20" s="201"/>
+      <c r="H20" s="201"/>
+      <c r="I20" s="201"/>
+      <c r="J20" s="201"/>
+      <c r="K20" s="201"/>
+      <c r="L20" s="202"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A21" s="77"/>
-[...2 lines deleted...]
-      <c r="D21" s="78"/>
+      <c r="A21" s="76"/>
+      <c r="B21" s="77"/>
+      <c r="C21" s="123"/>
+      <c r="D21" s="77"/>
       <c r="E21" s="5"/>
-      <c r="F21" s="205"/>
-[...5 lines deleted...]
-      <c r="L21" s="207"/>
+      <c r="F21" s="200"/>
+      <c r="G21" s="201"/>
+      <c r="H21" s="201"/>
+      <c r="I21" s="201"/>
+      <c r="J21" s="201"/>
+      <c r="K21" s="201"/>
+      <c r="L21" s="202"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A22" s="77"/>
-[...2 lines deleted...]
-      <c r="D22" s="78"/>
+      <c r="A22" s="76"/>
+      <c r="B22" s="77"/>
+      <c r="C22" s="123"/>
+      <c r="D22" s="77"/>
       <c r="E22" s="5"/>
-      <c r="F22" s="205"/>
-[...5 lines deleted...]
-      <c r="L22" s="207"/>
+      <c r="F22" s="200"/>
+      <c r="G22" s="201"/>
+      <c r="H22" s="201"/>
+      <c r="I22" s="201"/>
+      <c r="J22" s="201"/>
+      <c r="K22" s="201"/>
+      <c r="L22" s="202"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A23" s="77"/>
-[...2 lines deleted...]
-      <c r="D23" s="78"/>
+      <c r="A23" s="76"/>
+      <c r="B23" s="77"/>
+      <c r="C23" s="123"/>
+      <c r="D23" s="77"/>
       <c r="E23" s="5"/>
-      <c r="F23" s="205"/>
-[...5 lines deleted...]
-      <c r="L23" s="207"/>
+      <c r="F23" s="200"/>
+      <c r="G23" s="201"/>
+      <c r="H23" s="201"/>
+      <c r="I23" s="201"/>
+      <c r="J23" s="201"/>
+      <c r="K23" s="201"/>
+      <c r="L23" s="202"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A24" s="77"/>
-[...2 lines deleted...]
-      <c r="D24" s="78"/>
+      <c r="A24" s="76"/>
+      <c r="B24" s="77"/>
+      <c r="C24" s="123"/>
+      <c r="D24" s="77"/>
       <c r="E24" s="5"/>
-      <c r="F24" s="205"/>
-[...5 lines deleted...]
-      <c r="L24" s="207"/>
+      <c r="F24" s="200"/>
+      <c r="G24" s="201"/>
+      <c r="H24" s="201"/>
+      <c r="I24" s="201"/>
+      <c r="J24" s="201"/>
+      <c r="K24" s="201"/>
+      <c r="L24" s="202"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A25" s="77"/>
-[...2 lines deleted...]
-      <c r="D25" s="78"/>
+      <c r="A25" s="76"/>
+      <c r="B25" s="77"/>
+      <c r="C25" s="123"/>
+      <c r="D25" s="77"/>
       <c r="E25" s="5"/>
-      <c r="F25" s="205"/>
-[...5 lines deleted...]
-      <c r="L25" s="207"/>
+      <c r="F25" s="200"/>
+      <c r="G25" s="201"/>
+      <c r="H25" s="201"/>
+      <c r="I25" s="201"/>
+      <c r="J25" s="201"/>
+      <c r="K25" s="201"/>
+      <c r="L25" s="202"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A26" s="77"/>
-[...2 lines deleted...]
-      <c r="D26" s="78"/>
+      <c r="A26" s="76"/>
+      <c r="B26" s="77"/>
+      <c r="C26" s="123"/>
+      <c r="D26" s="77"/>
       <c r="E26" s="5"/>
-      <c r="F26" s="205"/>
-[...5 lines deleted...]
-      <c r="L26" s="207"/>
+      <c r="F26" s="200"/>
+      <c r="G26" s="201"/>
+      <c r="H26" s="201"/>
+      <c r="I26" s="201"/>
+      <c r="J26" s="201"/>
+      <c r="K26" s="201"/>
+      <c r="L26" s="202"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A27" s="77"/>
-[...2 lines deleted...]
-      <c r="D27" s="78"/>
+      <c r="A27" s="76"/>
+      <c r="B27" s="77"/>
+      <c r="C27" s="123"/>
+      <c r="D27" s="77"/>
       <c r="E27" s="5"/>
-      <c r="F27" s="205"/>
-[...5 lines deleted...]
-      <c r="L27" s="207"/>
+      <c r="F27" s="200"/>
+      <c r="G27" s="201"/>
+      <c r="H27" s="201"/>
+      <c r="I27" s="201"/>
+      <c r="J27" s="201"/>
+      <c r="K27" s="201"/>
+      <c r="L27" s="202"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A28" s="77"/>
-[...2 lines deleted...]
-      <c r="D28" s="78"/>
+      <c r="A28" s="76"/>
+      <c r="B28" s="77"/>
+      <c r="C28" s="123"/>
+      <c r="D28" s="77"/>
       <c r="E28" s="5"/>
-      <c r="F28" s="205"/>
-[...5 lines deleted...]
-      <c r="L28" s="207"/>
+      <c r="F28" s="200"/>
+      <c r="G28" s="201"/>
+      <c r="H28" s="201"/>
+      <c r="I28" s="201"/>
+      <c r="J28" s="201"/>
+      <c r="K28" s="201"/>
+      <c r="L28" s="202"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A29" s="77"/>
-[...2 lines deleted...]
-      <c r="D29" s="78"/>
+      <c r="A29" s="76"/>
+      <c r="B29" s="77"/>
+      <c r="C29" s="123"/>
+      <c r="D29" s="77"/>
       <c r="E29" s="5"/>
-      <c r="F29" s="205"/>
-[...5 lines deleted...]
-      <c r="L29" s="207"/>
+      <c r="F29" s="200"/>
+      <c r="G29" s="201"/>
+      <c r="H29" s="201"/>
+      <c r="I29" s="201"/>
+      <c r="J29" s="201"/>
+      <c r="K29" s="201"/>
+      <c r="L29" s="202"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A30" s="77"/>
-[...2 lines deleted...]
-      <c r="D30" s="78"/>
+      <c r="A30" s="76"/>
+      <c r="B30" s="77"/>
+      <c r="C30" s="123"/>
+      <c r="D30" s="77"/>
       <c r="E30" s="5"/>
-      <c r="F30" s="205"/>
-[...5 lines deleted...]
-      <c r="L30" s="207"/>
+      <c r="F30" s="200"/>
+      <c r="G30" s="201"/>
+      <c r="H30" s="201"/>
+      <c r="I30" s="201"/>
+      <c r="J30" s="201"/>
+      <c r="K30" s="201"/>
+      <c r="L30" s="202"/>
     </row>
     <row r="31" spans="1:12" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="77"/>
-[...2 lines deleted...]
-      <c r="D31" s="78"/>
+      <c r="A31" s="76"/>
+      <c r="B31" s="77"/>
+      <c r="C31" s="123"/>
+      <c r="D31" s="77"/>
       <c r="E31" s="5"/>
-      <c r="F31" s="205"/>
-[...5 lines deleted...]
-      <c r="L31" s="207"/>
+      <c r="F31" s="200"/>
+      <c r="G31" s="201"/>
+      <c r="H31" s="201"/>
+      <c r="I31" s="201"/>
+      <c r="J31" s="201"/>
+      <c r="K31" s="201"/>
+      <c r="L31" s="202"/>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.3">
-      <c r="A32" s="77"/>
-[...2 lines deleted...]
-      <c r="D32" s="78"/>
+      <c r="A32" s="76"/>
+      <c r="B32" s="77"/>
+      <c r="C32" s="123"/>
+      <c r="D32" s="77"/>
       <c r="E32" s="5"/>
-      <c r="F32" s="205"/>
-[...5 lines deleted...]
-      <c r="L32" s="207"/>
+      <c r="F32" s="200"/>
+      <c r="G32" s="201"/>
+      <c r="H32" s="201"/>
+      <c r="I32" s="201"/>
+      <c r="J32" s="201"/>
+      <c r="K32" s="201"/>
+      <c r="L32" s="202"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A33" s="77"/>
-[...2 lines deleted...]
-      <c r="D33" s="78"/>
+      <c r="A33" s="76"/>
+      <c r="B33" s="77"/>
+      <c r="C33" s="123"/>
+      <c r="D33" s="77"/>
       <c r="E33" s="5"/>
-      <c r="F33" s="205"/>
-[...5 lines deleted...]
-      <c r="L33" s="207"/>
+      <c r="F33" s="200"/>
+      <c r="G33" s="201"/>
+      <c r="H33" s="201"/>
+      <c r="I33" s="201"/>
+      <c r="J33" s="201"/>
+      <c r="K33" s="201"/>
+      <c r="L33" s="202"/>
     </row>
     <row r="34" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="79"/>
-[...2 lines deleted...]
-      <c r="D34" s="80"/>
+      <c r="A34" s="78"/>
+      <c r="B34" s="79"/>
+      <c r="C34" s="124"/>
+      <c r="D34" s="79"/>
       <c r="E34" s="7"/>
-      <c r="F34" s="205"/>
-[...5 lines deleted...]
-      <c r="L34" s="207"/>
+      <c r="F34" s="200"/>
+      <c r="G34" s="201"/>
+      <c r="H34" s="201"/>
+      <c r="I34" s="201"/>
+      <c r="J34" s="201"/>
+      <c r="K34" s="201"/>
+      <c r="L34" s="202"/>
     </row>
     <row r="35" spans="1:14" ht="19.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="111" t="s">
+      <c r="A35" s="109" t="s">
         <v>16</v>
       </c>
-      <c r="B35" s="112"/>
-      <c r="C35" s="127">
+      <c r="B35" s="110"/>
+      <c r="C35" s="125">
         <f>SUM(C9:C34)</f>
         <v>0</v>
       </c>
-      <c r="D35" s="113"/>
-      <c r="E35" s="114"/>
+      <c r="D35" s="111"/>
+      <c r="E35" s="112"/>
     </row>
     <row r="36" spans="1:14" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="G36" s="104"/>
-[...5 lines deleted...]
-      <c r="M36" s="106"/>
+      <c r="G36" s="102"/>
+      <c r="H36" s="102"/>
+      <c r="I36" s="102"/>
+      <c r="J36" s="103"/>
+      <c r="K36" s="103"/>
+      <c r="L36" s="103"/>
+      <c r="M36" s="104"/>
     </row>
     <row r="37" spans="1:14" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A37" s="115" t="s">
+      <c r="A37" s="113" t="s">
         <v>42</v>
       </c>
-      <c r="B37" s="116"/>
-[...11 lines deleted...]
-      <c r="N37" s="71"/>
+      <c r="B37" s="114"/>
+      <c r="C37" s="115"/>
+      <c r="D37" s="114"/>
+      <c r="E37" s="69"/>
+      <c r="F37" s="69"/>
+      <c r="G37" s="69"/>
+      <c r="H37" s="69"/>
+      <c r="I37" s="69"/>
+      <c r="J37" s="69"/>
+      <c r="K37" s="69"/>
+      <c r="L37" s="69"/>
+      <c r="M37" s="69"/>
+      <c r="N37" s="70"/>
     </row>
     <row r="38" spans="1:14" ht="6" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="68"/>
-[...12 lines deleted...]
-      <c r="N38" s="69"/>
+      <c r="A38" s="67"/>
+      <c r="B38" s="68"/>
+      <c r="C38" s="67"/>
+      <c r="D38" s="68"/>
+      <c r="E38" s="68"/>
+      <c r="F38" s="68"/>
+      <c r="G38" s="68"/>
+      <c r="H38" s="68"/>
+      <c r="I38" s="68"/>
+      <c r="J38" s="68"/>
+      <c r="K38" s="68"/>
+      <c r="L38" s="68"/>
+      <c r="M38" s="68"/>
+      <c r="N38" s="68"/>
     </row>
     <row r="39" spans="1:14" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="118" t="s">
+      <c r="A39" s="116" t="s">
         <v>3</v>
       </c>
-      <c r="B39" s="118" t="s">
+      <c r="B39" s="116" t="s">
         <v>4</v>
       </c>
-      <c r="C39" s="118" t="s">
+      <c r="C39" s="116" t="s">
         <v>5</v>
       </c>
-      <c r="D39" s="118" t="s">
+      <c r="D39" s="116" t="s">
         <v>31</v>
       </c>
-      <c r="E39" s="118" t="s">
+      <c r="E39" s="116" t="s">
         <v>43</v>
       </c>
-      <c r="F39" s="133" t="s">
+      <c r="F39" s="131" t="s">
         <v>23</v>
       </c>
-      <c r="G39" s="133" t="s">
+      <c r="G39" s="131" t="s">
         <v>24</v>
       </c>
-      <c r="H39" s="133" t="s">
+      <c r="H39" s="131" t="s">
         <v>25</v>
       </c>
-      <c r="I39" s="133" t="s">
+      <c r="I39" s="131" t="s">
         <v>26</v>
       </c>
-      <c r="J39" s="133" t="s">
+      <c r="J39" s="131" t="s">
         <v>27</v>
       </c>
-      <c r="K39" s="118" t="s">
+      <c r="K39" s="116" t="s">
         <v>28</v>
       </c>
-      <c r="L39" s="118" t="s">
+      <c r="L39" s="116" t="s">
         <v>44</v>
       </c>
-      <c r="M39" s="119" t="s">
+      <c r="M39" s="117" t="s">
         <v>45</v>
       </c>
-      <c r="N39" s="120" t="s">
+      <c r="N39" s="118" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A40" s="197"/>
-[...4 lines deleted...]
-      <c r="F40" s="202" t="s">
+      <c r="A40" s="226"/>
+      <c r="B40" s="227"/>
+      <c r="C40" s="227"/>
+      <c r="D40" s="227"/>
+      <c r="E40" s="228"/>
+      <c r="F40" s="231" t="s">
         <v>39</v>
       </c>
-      <c r="G40" s="203"/>
-[...6 lines deleted...]
-      <c r="N40" s="214"/>
+      <c r="G40" s="232"/>
+      <c r="H40" s="232"/>
+      <c r="I40" s="232"/>
+      <c r="J40" s="233"/>
+      <c r="K40" s="234"/>
+      <c r="L40" s="236"/>
+      <c r="M40" s="237"/>
+      <c r="N40" s="218"/>
     </row>
     <row r="41" spans="1:14" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="200"/>
-[...4 lines deleted...]
-      <c r="F41" s="107" t="s">
+      <c r="A41" s="229"/>
+      <c r="B41" s="229"/>
+      <c r="C41" s="229"/>
+      <c r="D41" s="229"/>
+      <c r="E41" s="230"/>
+      <c r="F41" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="G41" s="107" t="s">
+      <c r="G41" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="H41" s="107" t="s">
+      <c r="H41" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="I41" s="107" t="s">
+      <c r="I41" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="J41" s="107" t="s">
+      <c r="J41" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="K41" s="209"/>
-[...2 lines deleted...]
-      <c r="N41" s="215"/>
+      <c r="K41" s="235"/>
+      <c r="L41" s="238"/>
+      <c r="M41" s="239"/>
+      <c r="N41" s="219"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A42" s="77"/>
-[...9 lines deleted...]
-      <c r="K42" s="134">
+      <c r="A42" s="76"/>
+      <c r="B42" s="77"/>
+      <c r="C42" s="76"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="93"/>
+      <c r="H42" s="93"/>
+      <c r="I42" s="93"/>
+      <c r="J42" s="93"/>
+      <c r="K42" s="132">
         <f>SUM(F42:J42)</f>
         <v>0</v>
       </c>
-      <c r="L42" s="125"/>
-      <c r="M42" s="128">
+      <c r="L42" s="123"/>
+      <c r="M42" s="126">
         <f>K42*L42</f>
         <v>0</v>
       </c>
-      <c r="N42" s="121"/>
+      <c r="N42" s="119"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A43" s="77"/>
-[...9 lines deleted...]
-      <c r="K43" s="134">
+      <c r="A43" s="76"/>
+      <c r="B43" s="77"/>
+      <c r="C43" s="76"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="77"/>
+      <c r="F43" s="76"/>
+      <c r="G43" s="76"/>
+      <c r="H43" s="76"/>
+      <c r="I43" s="76"/>
+      <c r="J43" s="76"/>
+      <c r="K43" s="132">
         <f t="shared" ref="K43:K59" si="0">SUM(F43:J43)</f>
         <v>0</v>
       </c>
-      <c r="L43" s="77"/>
-      <c r="M43" s="128">
+      <c r="L43" s="76"/>
+      <c r="M43" s="126">
         <f t="shared" ref="M43:M59" si="1">K43*L43</f>
         <v>0</v>
       </c>
-      <c r="N43" s="121"/>
+      <c r="N43" s="119"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A44" s="77"/>
-[...9 lines deleted...]
-      <c r="K44" s="134">
+      <c r="A44" s="76"/>
+      <c r="B44" s="77"/>
+      <c r="C44" s="76"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="77"/>
+      <c r="F44" s="76"/>
+      <c r="G44" s="76"/>
+      <c r="H44" s="76"/>
+      <c r="I44" s="76"/>
+      <c r="J44" s="76"/>
+      <c r="K44" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L44" s="77"/>
-      <c r="M44" s="128">
+      <c r="L44" s="76"/>
+      <c r="M44" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N44" s="121"/>
+      <c r="N44" s="119"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A45" s="77"/>
-[...9 lines deleted...]
-      <c r="K45" s="134">
+      <c r="A45" s="76"/>
+      <c r="B45" s="77"/>
+      <c r="C45" s="76"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="77"/>
+      <c r="F45" s="76"/>
+      <c r="G45" s="76"/>
+      <c r="H45" s="76"/>
+      <c r="I45" s="76"/>
+      <c r="J45" s="76"/>
+      <c r="K45" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L45" s="77"/>
-      <c r="M45" s="128">
+      <c r="L45" s="76"/>
+      <c r="M45" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N45" s="121"/>
+      <c r="N45" s="119"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A46" s="77"/>
-[...9 lines deleted...]
-      <c r="K46" s="134">
+      <c r="A46" s="76"/>
+      <c r="B46" s="77"/>
+      <c r="C46" s="76"/>
+      <c r="D46" s="77"/>
+      <c r="E46" s="77"/>
+      <c r="F46" s="76"/>
+      <c r="G46" s="76"/>
+      <c r="H46" s="76"/>
+      <c r="I46" s="76"/>
+      <c r="J46" s="76"/>
+      <c r="K46" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L46" s="77"/>
-      <c r="M46" s="128">
+      <c r="L46" s="76"/>
+      <c r="M46" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N46" s="121"/>
+      <c r="N46" s="119"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A47" s="77"/>
-[...9 lines deleted...]
-      <c r="K47" s="134">
+      <c r="A47" s="76"/>
+      <c r="B47" s="77"/>
+      <c r="C47" s="76"/>
+      <c r="D47" s="77"/>
+      <c r="E47" s="77"/>
+      <c r="F47" s="76"/>
+      <c r="G47" s="76"/>
+      <c r="H47" s="76"/>
+      <c r="I47" s="76"/>
+      <c r="J47" s="76"/>
+      <c r="K47" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L47" s="77"/>
-      <c r="M47" s="128">
+      <c r="L47" s="76"/>
+      <c r="M47" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N47" s="121"/>
+      <c r="N47" s="119"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A48" s="77"/>
-[...9 lines deleted...]
-      <c r="K48" s="134">
+      <c r="A48" s="76"/>
+      <c r="B48" s="77"/>
+      <c r="C48" s="76"/>
+      <c r="D48" s="77"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="76"/>
+      <c r="G48" s="76"/>
+      <c r="H48" s="76"/>
+      <c r="I48" s="76"/>
+      <c r="J48" s="76"/>
+      <c r="K48" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L48" s="77"/>
-      <c r="M48" s="128">
+      <c r="L48" s="76"/>
+      <c r="M48" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N48" s="121"/>
+      <c r="N48" s="119"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A49" s="77"/>
-[...9 lines deleted...]
-      <c r="K49" s="134">
+      <c r="A49" s="76"/>
+      <c r="B49" s="77"/>
+      <c r="C49" s="76"/>
+      <c r="D49" s="77"/>
+      <c r="E49" s="77"/>
+      <c r="F49" s="76"/>
+      <c r="G49" s="76"/>
+      <c r="H49" s="76"/>
+      <c r="I49" s="76"/>
+      <c r="J49" s="76"/>
+      <c r="K49" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L49" s="77"/>
-      <c r="M49" s="128">
+      <c r="L49" s="76"/>
+      <c r="M49" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N49" s="121"/>
+      <c r="N49" s="119"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A50" s="77"/>
-[...9 lines deleted...]
-      <c r="K50" s="134">
+      <c r="A50" s="76"/>
+      <c r="B50" s="77"/>
+      <c r="C50" s="76"/>
+      <c r="D50" s="77"/>
+      <c r="E50" s="77"/>
+      <c r="F50" s="76"/>
+      <c r="G50" s="76"/>
+      <c r="H50" s="76"/>
+      <c r="I50" s="76"/>
+      <c r="J50" s="76"/>
+      <c r="K50" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L50" s="77"/>
-      <c r="M50" s="128">
+      <c r="L50" s="76"/>
+      <c r="M50" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N50" s="121"/>
+      <c r="N50" s="119"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A51" s="77"/>
-[...9 lines deleted...]
-      <c r="K51" s="134">
+      <c r="A51" s="76"/>
+      <c r="B51" s="77"/>
+      <c r="C51" s="76"/>
+      <c r="D51" s="77"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="76"/>
+      <c r="G51" s="76"/>
+      <c r="H51" s="76"/>
+      <c r="I51" s="76"/>
+      <c r="J51" s="76"/>
+      <c r="K51" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L51" s="77"/>
-      <c r="M51" s="128">
+      <c r="L51" s="76"/>
+      <c r="M51" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N51" s="121"/>
+      <c r="N51" s="119"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A52" s="77"/>
-[...9 lines deleted...]
-      <c r="K52" s="134">
+      <c r="A52" s="76"/>
+      <c r="B52" s="77"/>
+      <c r="C52" s="76"/>
+      <c r="D52" s="77"/>
+      <c r="E52" s="77"/>
+      <c r="F52" s="76"/>
+      <c r="G52" s="76"/>
+      <c r="H52" s="76"/>
+      <c r="I52" s="76"/>
+      <c r="J52" s="76"/>
+      <c r="K52" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L52" s="77"/>
-      <c r="M52" s="128">
+      <c r="L52" s="76"/>
+      <c r="M52" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N52" s="121"/>
+      <c r="N52" s="119"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A53" s="77"/>
-[...9 lines deleted...]
-      <c r="K53" s="134">
+      <c r="A53" s="76"/>
+      <c r="B53" s="77"/>
+      <c r="C53" s="76"/>
+      <c r="D53" s="77"/>
+      <c r="E53" s="77"/>
+      <c r="F53" s="76"/>
+      <c r="G53" s="76"/>
+      <c r="H53" s="76"/>
+      <c r="I53" s="76"/>
+      <c r="J53" s="76"/>
+      <c r="K53" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L53" s="77"/>
-      <c r="M53" s="128">
+      <c r="L53" s="76"/>
+      <c r="M53" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N53" s="121"/>
+      <c r="N53" s="119"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A54" s="77"/>
-[...9 lines deleted...]
-      <c r="K54" s="134">
+      <c r="A54" s="76"/>
+      <c r="B54" s="77"/>
+      <c r="C54" s="76"/>
+      <c r="D54" s="77"/>
+      <c r="E54" s="77"/>
+      <c r="F54" s="76"/>
+      <c r="G54" s="76"/>
+      <c r="H54" s="76"/>
+      <c r="I54" s="76"/>
+      <c r="J54" s="76"/>
+      <c r="K54" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L54" s="77"/>
-      <c r="M54" s="128">
+      <c r="L54" s="76"/>
+      <c r="M54" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N54" s="121"/>
+      <c r="N54" s="119"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A55" s="77"/>
-[...9 lines deleted...]
-      <c r="K55" s="134">
+      <c r="A55" s="76"/>
+      <c r="B55" s="77"/>
+      <c r="C55" s="76"/>
+      <c r="D55" s="77"/>
+      <c r="E55" s="77"/>
+      <c r="F55" s="76"/>
+      <c r="G55" s="76"/>
+      <c r="H55" s="76"/>
+      <c r="I55" s="76"/>
+      <c r="J55" s="76"/>
+      <c r="K55" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L55" s="77"/>
-      <c r="M55" s="128">
+      <c r="L55" s="76"/>
+      <c r="M55" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N55" s="121"/>
+      <c r="N55" s="119"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A56" s="77"/>
-[...9 lines deleted...]
-      <c r="K56" s="134">
+      <c r="A56" s="76"/>
+      <c r="B56" s="77"/>
+      <c r="C56" s="76"/>
+      <c r="D56" s="77"/>
+      <c r="E56" s="77"/>
+      <c r="F56" s="76"/>
+      <c r="G56" s="76"/>
+      <c r="H56" s="76"/>
+      <c r="I56" s="76"/>
+      <c r="J56" s="76"/>
+      <c r="K56" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L56" s="77"/>
-      <c r="M56" s="128">
+      <c r="L56" s="76"/>
+      <c r="M56" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N56" s="121"/>
+      <c r="N56" s="119"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A57" s="77"/>
-[...9 lines deleted...]
-      <c r="K57" s="134">
+      <c r="A57" s="76"/>
+      <c r="B57" s="77"/>
+      <c r="C57" s="76"/>
+      <c r="D57" s="77"/>
+      <c r="E57" s="77"/>
+      <c r="F57" s="76"/>
+      <c r="G57" s="76"/>
+      <c r="H57" s="76"/>
+      <c r="I57" s="76"/>
+      <c r="J57" s="76"/>
+      <c r="K57" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L57" s="77"/>
-      <c r="M57" s="128">
+      <c r="L57" s="76"/>
+      <c r="M57" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N57" s="121"/>
+      <c r="N57" s="119"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.3">
-      <c r="A58" s="77"/>
-[...9 lines deleted...]
-      <c r="K58" s="134">
+      <c r="A58" s="76"/>
+      <c r="B58" s="77"/>
+      <c r="C58" s="76"/>
+      <c r="D58" s="77"/>
+      <c r="E58" s="77"/>
+      <c r="F58" s="76"/>
+      <c r="G58" s="76"/>
+      <c r="H58" s="76"/>
+      <c r="I58" s="76"/>
+      <c r="J58" s="76"/>
+      <c r="K58" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L58" s="77"/>
-      <c r="M58" s="128">
+      <c r="L58" s="76"/>
+      <c r="M58" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N58" s="121"/>
+      <c r="N58" s="119"/>
     </row>
     <row r="59" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="135"/>
-[...9 lines deleted...]
-      <c r="K59" s="134">
+      <c r="A59" s="133"/>
+      <c r="B59" s="79"/>
+      <c r="C59" s="78"/>
+      <c r="D59" s="79"/>
+      <c r="E59" s="79"/>
+      <c r="F59" s="78"/>
+      <c r="G59" s="78"/>
+      <c r="H59" s="78"/>
+      <c r="I59" s="78"/>
+      <c r="J59" s="78"/>
+      <c r="K59" s="132">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L59" s="79"/>
-      <c r="M59" s="128">
+      <c r="L59" s="78"/>
+      <c r="M59" s="126">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N59" s="122"/>
+      <c r="N59" s="120"/>
     </row>
     <row r="60" spans="1:14" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="216" t="s">
+      <c r="A60" s="220" t="s">
         <v>75</v>
       </c>
-      <c r="B60" s="217"/>
-[...10 lines deleted...]
-      <c r="M60" s="132">
+      <c r="B60" s="221"/>
+      <c r="C60" s="221"/>
+      <c r="D60" s="221"/>
+      <c r="E60" s="222"/>
+      <c r="F60" s="127"/>
+      <c r="G60" s="128"/>
+      <c r="H60" s="128"/>
+      <c r="I60" s="128"/>
+      <c r="J60" s="128"/>
+      <c r="K60" s="128"/>
+      <c r="L60" s="129"/>
+      <c r="M60" s="130">
         <f>SUM(M42:M59)</f>
         <v>0</v>
       </c>
-      <c r="N60" s="123"/>
+      <c r="N60" s="121"/>
     </row>
     <row r="61" spans="1:14" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="IBkAx7rsbSHJ6UQuy/440enLbmjwX7++lj+5VERtagpcedv3HOAeswk9H9rpo0C8a5fvdDWnrSvPM+PYu8adfw==" saltValue="m3rsKLOqdqZ/OrpA0kfEtw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="41">
-    <mergeCell ref="A1:E1"/>
-[...10 lines deleted...]
-    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="F31:L31"/>
+    <mergeCell ref="F32:L32"/>
+    <mergeCell ref="K40:K41"/>
+    <mergeCell ref="L40:M41"/>
+    <mergeCell ref="F26:L26"/>
+    <mergeCell ref="F27:L27"/>
+    <mergeCell ref="F28:L28"/>
+    <mergeCell ref="F29:L29"/>
+    <mergeCell ref="F30:L30"/>
     <mergeCell ref="N40:N41"/>
     <mergeCell ref="A60:E60"/>
     <mergeCell ref="F9:L9"/>
     <mergeCell ref="F10:L10"/>
     <mergeCell ref="F11:L11"/>
     <mergeCell ref="F12:L12"/>
     <mergeCell ref="F13:L13"/>
     <mergeCell ref="F14:L14"/>
     <mergeCell ref="F15:L15"/>
     <mergeCell ref="F16:L16"/>
     <mergeCell ref="F17:L17"/>
     <mergeCell ref="F18:L18"/>
     <mergeCell ref="F19:L19"/>
     <mergeCell ref="F20:L20"/>
     <mergeCell ref="A40:E41"/>
     <mergeCell ref="F40:J40"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="F33:L33"/>
+    <mergeCell ref="F34:L34"/>
+    <mergeCell ref="F8:L8"/>
+    <mergeCell ref="F7:L7"/>
+    <mergeCell ref="F21:L21"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="B4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
     <mergeCell ref="F22:L22"/>
     <mergeCell ref="F23:L23"/>
     <mergeCell ref="F24:L24"/>
     <mergeCell ref="F25:L25"/>
-    <mergeCell ref="F26:L26"/>
-[...7 lines deleted...]
-    <mergeCell ref="L40:M41"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D9:D34" xr:uid="{06EC90BA-C1E8-4861-AEAF-4B9FDE1F507B}">
       <formula1>"Fringe Benefits, Travel, Equipment, Supplies, Contractual Services/Subawards, Consultants, Occupancy, Telecommunications, Training &amp; Education, Direct Administrative Costs, Other or Miscellaneous Costs, Indirect Costs"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D42:D59" xr:uid="{1C11A10A-B094-48BD-A3B3-36BEAC792246}">
       <formula1>"PI, PFA, HS, EHS, Child Care"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC5DD32F-930B-4629-9921-16EB14FF25CB}">
   <dimension ref="A1:A52"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="99.88671875" style="72" customWidth="1"/>
-    <col min="2" max="16384" width="8.88671875" style="72"/>
+    <col min="1" max="1" width="99.88671875" style="71" customWidth="1"/>
+    <col min="2" max="16384" width="8.88671875" style="71"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="21" x14ac:dyDescent="0.4">
-      <c r="A1" s="73" t="s">
+      <c r="A1" s="72" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2"/>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A3" s="74" t="s">
+      <c r="A3" s="73" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A4" s="75" t="s">
+      <c r="A4" s="74" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5"/>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A7" s="74" t="s">
+      <c r="A7" s="73" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A8" s="75" t="s">
+      <c r="A8" s="74" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9"/>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10"/>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A11" s="74" t="s">
+      <c r="A11" s="73" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="48.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="93" t="s">
+      <c r="A12" s="92" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13"/>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14"/>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A15" s="74" t="s">
+      <c r="A15" s="73" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A16" s="75" t="s">
+      <c r="A16" s="74" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A17"/>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18"/>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A19" s="74" t="s">
+      <c r="A19" s="73" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A20" s="75" t="s">
+      <c r="A20" s="74" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21"/>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22"/>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A23" s="74" t="s">
+      <c r="A23" s="73" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A24" s="75" t="s">
+      <c r="A24" s="74" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A25"/>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A26"/>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A27" s="74" t="s">
+      <c r="A27" s="73" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A28" s="75" t="s">
+      <c r="A28" s="74" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29"/>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A30"/>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A31" s="74" t="s">
+      <c r="A31" s="73" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A32" s="75" t="s">
+      <c r="A32" s="74" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A33" s="76"/>
+      <c r="A33" s="75"/>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A34" s="76"/>
+      <c r="A34" s="75"/>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A35" s="74" t="s">
+      <c r="A35" s="73" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A36" s="75" t="s">
+      <c r="A36" s="74" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38"/>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A39" s="74" t="s">
+      <c r="A39" s="73" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A40" s="75" t="s">
+      <c r="A40" s="74" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41"/>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42"/>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A43" s="74" t="s">
+      <c r="A43" s="73" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A44" s="75" t="s">
+      <c r="A44" s="74" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A45"/>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A46"/>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A47" s="74" t="s">
+      <c r="A47" s="73" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A48" s="75" t="s">
+      <c r="A48" s="74" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50"/>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A51" s="74" t="s">
+      <c r="A51" s="73" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A52" s="75" t="s">
+      <c r="A52" s="74" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2TzuQNJAM/gCSjjpy7/q/epPmpfPVbJEvRcsThxTgSxQEjJU5FmHb+TAY/W3FIHTB8qkK2IQ8o32R27+Pn/4AQ==" saltValue="2xLdJNlUGgv08aaBCOhi3g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FFDC27E3A879744FAA7E3E50EC40379E" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="70cda71513ecdfc9032a4db05c9390e7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b3807ad-dab4-485f-8266-c636df3fad4d" xmlns:ns3="8a51598d-5f85-4df5-8963-971b7c83b568" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec72865b3b1fc47d34276013d93933dd" ns2:_="" ns3:_="">
     <xsd:import namespace="3b3807ad-dab4-485f-8266-c636df3fad4d"/>
     <xsd:import namespace="8a51598d-5f85-4df5-8963-971b7c83b568"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b3807ad-dab4-485f-8266-c636df3fad4d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -11814,90 +11805,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C53AED9-07ED-493A-8F8F-E2E549E417BA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F638F507-9637-4835-9879-840CDA316844}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3b3807ad-dab4-485f-8266-c636df3fad4d"/>
+    <ds:schemaRef ds:uri="8a51598d-5f85-4df5-8963-971b7c83b568"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A31FE609-ACCB-45CB-9A70-C02749CBA252}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="8a51598d-5f85-4df5-8963-971b7c83b568"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3b3807ad-dab4-485f-8266-c636df3fad4d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F638F507-9637-4835-9879-840CDA316844}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C53AED9-07ED-493A-8F8F-E2E549E417BA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e202cd47-7a56-4baa-99e3-e3b71a7c77dd}" enabled="0" method="" siteId="{e202cd47-7a56-4baa-99e3-e3b71a7c77dd}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>